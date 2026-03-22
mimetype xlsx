--- v0 (2026-01-30)
+++ v1 (2026-03-22)
@@ -51,1008 +51,1008 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Kiko</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/1/indicacao_no_01-2023_beto_kiko_tiago_e_adilso_-_icms_ecologico_bituruna.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/1/indicacao_no_01-2023_beto_kiko_tiago_e_adilso_-_icms_ecologico_bituruna.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito Municipal, na forma regimental, que determine ao setor competente deste município sobre viabilidade de regularização do domínio e dos repasses mensais de ICMS Ecológico por Biodiversidade entre os municípios de Coronel Domingos Soares e Bituruna.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Adilson Santa Fé, Dr. Beto, Kiko</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/2/indicacaono_02.2021_beto_kiko_adilso_e_tiago_-_patrolamento_estrada_do_iratin.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/2/indicacaono_02.2021_beto_kiko_adilso_e_tiago_-_patrolamento_estrada_do_iratin.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO PREFEITO, PARA QUE ATRAVÉS DE SEU DEPARTAMENTO COMPETENTE, SEJA REALIZADO PATROLAMENTO E REPAROS URGENTES NA ESTRADA QUE DÁ ACESSO A COMUNIDADE DO IRATIM.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Adilson Santa Fé, Dr. Beto, Kiko, Tiago Montebeles</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_no03.2023_beto_kiko_adilso_e_tiago_-_reparo_emergencial_em_todas_as_estradas_municipais.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_no03.2023_beto_kiko_adilso_e_tiago_-_reparo_emergencial_em_todas_as_estradas_municipais.pdf</t>
   </si>
   <si>
     <t>Vem apresentar INDICAÇÃO para que de forma EMERGENCIAL, realize reparação nas estradas municipais, em todas as regiões, com patrolamento, cascalhamento, abertura de sarjetas e bueiros.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_no_04.2023_beto_kiko_tiago_e_adilso_-_patrolamento_e_reparaos_na_estrada_do_travessaozinho.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_no_04.2023_beto_kiko_tiago_e_adilso_-_patrolamento_e_reparaos_na_estrada_do_travessaozinho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito Municipal, na forma regimental, que venha através de seu setor competente, realizar consertos e reparos na ponte que liga a comunidade Passo Fundo a sede do Município._x000D_
 Localidade do Travessãozinho</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_no_05.2023_beto_tiago_kiko_e_adilso_-_patrolamento_e_reparos_na_estrada_do_pedregulho.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_no_05.2023_beto_tiago_kiko_e_adilso_-_patrolamento_e_reparos_na_estrada_do_pedregulho.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito Municipal, na forma regimental, que venha através de seu setor competente, realizar patrolamento, limpeza de boeiros e demais reparos necessários em todo o leito da estrada que liga a sede do município a Comunidade do Pedregulho.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_no_06_beto_kiko_adilso_e_tiago_-controle_interno.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_no_06_beto_kiko_adilso_e_tiago_-controle_interno.pdf</t>
   </si>
   <si>
     <t>Apresenta INDICAÇÃO, para que o Presidente dessa Colenda Casa de Leis, busque em via administrativa com o Prefeito Municipal, dar efetividade ao Convênio de Unificação do Controle Interno Municipal, que foi celebrado entre os Poderes Legislativo e Executivo, para fins de que a controladora interna, preste expediente também nessa Câmara de Vereadores.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>João Evandro</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_parlamentar_no_07-2023_joao_evandro_-_manutencao_na_estrada_iraras_pedra_branca_e_nova_iguacu.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_parlamentar_no_07-2023_joao_evandro_-_manutencao_na_estrada_iraras_pedra_branca_e_nova_iguacu.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO PATROLAMENTO, LIMPEZA DE BOEIROS E VALAS E DEMAIS SERVIÇOS NECESSÁRIOS._x000D_
 ESTRADA DAS IRARAS, PEDRA BRANCA E NOVA IGUAÇU.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_parlamentar_no_08-2023_joao_evandro_-_manutencao_na_estrada_antiga_indusa.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_parlamentar_no_08-2023_joao_evandro_-_manutencao_na_estrada_antiga_indusa.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO PATROLAMENTO, E DEMAIS SERVIÇOS NECESSÁRIOS, NA ESTRADA DA ANTIGA INDUSA, PASSANDO PELA FAZENDA DO _x000D_
 SR. CELSO REIS, INTERLIGANDO A COMUNIDADE DAS IRARAS.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_parlamentar_no_09-2023_joao_evandro_-_manutencao_na_do_cacumbangue.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_parlamentar_no_09-2023_joao_evandro_-_manutencao_na_do_cacumbangue.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO PATROLAMENTO, E DEMAIS SERVIÇOS NECESSÁRIOS, NA ESTRADA DA COMUNIDADE DO CACUMBANGUE, ACESSO DO SR ANTONIO TAQUES E DEMAIS ESTRADAS DA COMUNIDADE.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_parlamentar_no_10-2023_joao_evandro_-_construcao_de_muros_na_creche.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_parlamentar_no_10-2023_joao_evandro_-_construcao_de_muros_na_creche.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA CERCADO COM MUROS E AINDA NA PARTE SUPERIOR DOS MESMOS CONTENHA INSTALADO CERCA ELÉTRICA, NAS DEMARCAÇÕES _x000D_
 DA CRECHE MUNICIPAL.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Professor Anderson</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_parlamentar_no_11-2023_anderson_iraci_-_solicitacao_de_iluminacao_publica.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_parlamentar_no_11-2023_anderson_iraci_-_solicitacao_de_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>INDICA AO DEPARTAMENTO RESPONSÁVEL OU COPEL A COLOCAÇÃO DA REDE BAIXA NA RUA JOSÉ SALVADOR NAS PROXIMIDADES DA NUMERAÇÃO 2285.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_parlamentar_no_12-2023_anderson_iraci_-_solicitacao_de_patrolamento.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_parlamentar_no_12-2023_anderson_iraci_-_solicitacao_de_patrolamento.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO AO PREFEITO MUNICIPAL A TOMADA DE PROVIDENCIAS JUNTO AO DEPARTAMENTO COMPETENTE _x000D_
 PARA O PATROLAMENTO E A PASSAGEM DO ROLO NA ESTRADA DO ABARRACAMENTO.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_parlamentar_no_13-2023_joao_evandro_-_solicitacao_de_iluminacao_publica_ponte_do_chopim..pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_parlamentar_no_13-2023_joao_evandro_-_solicitacao_de_iluminacao_publica_ponte_do_chopim..pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL, NA FORMA REGIMENTAL, DETERMINAR AO SETOR COMPETENTE QUE PROCEDA A _x000D_
 MANUTENÇÃO E TROCA DAS LÂMPADAS DOS POSTES DE ILUMINAÇÃO PÚBLICA NA COMUNIDADE PONTE DO CHOPIM.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_parlamentar_no_14-2023_joao_evandro_-_taxi1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_parlamentar_no_14-2023_joao_evandro_-_taxi1.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE , ATENDIDOS OS REQUISITOS LEGAIS REALIZE PROCESSO LICITATÓRIO PARA PERMISSÃO DE TRANSPORTE DE PASSAGEIRO EM VEICULO DE ALUGUEL TIPO TÁXI.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_parlamentar_no15-2023_patrolamento_engenho_velho.1-1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_parlamentar_no15-2023_patrolamento_engenho_velho.1-1.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito Municipal, na forma regimental, que venha através de seu setor competente, realizar consertos e reparos na comunidade Engenho Velho.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Tonho do Viveiro, Valdir</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_no16.2023.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_no16.2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, estudo de viabilidade para construção de banheiros no estorno da praça municipal.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_parlamentar_no17-2023_construcao_de_espaco_fisico_feira_rural..pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_parlamentar_no17-2023_construcao_de_espaco_fisico_feira_rural..pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A, UM ESTUDO DE VIABILIDADE PARA A CONSTRUÇÃO DE UM ESPAÇO COBERTO PARA A REALIZAÇÃO DAS FEIRAS LIVRES.</t>
   </si>
   <si>
     <t>Adilson Santa Fé, Dr. Beto, João Evandro, Kiko, Tiago Montebeles</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_de_pauli_18-2023.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_de_pauli_18-2023.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, apresentar INDICAÇÃO para que seja construído o posto de saúde municipal no Assentamento De Pauli.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_19.2023.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_19.2023.pdf</t>
   </si>
   <si>
     <t>Apresenta indicação para que de forma EMERGENCIAL, sejam tomadas as medidas judiciais, se essas necessárias para desapropriação de parte do imóvel da comunidade do Chico André, para fins de construção da escola municipal.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_parlamentar_no_20-2023_anderson_-solicitacao_de_portas_giratorias-2.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_parlamentar_no_20-2023_anderson_-solicitacao_de_portas_giratorias-2.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA IMPLANTADO PORTAS GIRATÓRIAS COM DETECTOR DE METAIS NAS ESCOLAS MUNICIPAIS E CMEI.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/21/indicacao_no21.2023.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/21/indicacao_no21.2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo para que se faça um estudo de analise da possibilidade de contratação de segurança terceirizada para atender e suprir tal necessidade.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_parlamentar_no_22-2023_joao_evandro_-_solicitacao_de_iluminacao_publica3.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_parlamentar_no_22-2023_joao_evandro_-_solicitacao_de_iluminacao_publica3.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE SEJA REALIZADO REPAROS DE ILUMINAÇÃO PÚBLICA, NA RUA JOSÉ SALVADOR.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_23-2023_seguranca_escolar1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_23-2023_seguranca_escolar1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE REALIZE UM ESTUDO DE VIABILIDADE PARA A CONTRATAÇÃO DE UM COORDENADOR DE SEGURANÇA ESCOLAR.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_parlamentar_no_24-2023_jose_carlos_-_solicitacao_de_iluminacao_publica1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_parlamentar_no_24-2023_jose_carlos_-_solicitacao_de_iluminacao_publica1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE SEJA REALIZADO REPAROS DE ILUMINAÇÃO PÚBLICA, NAS SEGUINTES RUAS JOSÉ Mª BELES, CARLOS ECHES, AVENIDA NOSSA SENHORA DE FÁTIMA E RUA TRAVESSA PROJETADA Nº 02.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_25-2023._galerias_pluviais-_joao_evandro1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_25-2023._galerias_pluviais-_joao_evandro1.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA PROCEDER A CONSTRUÇÃO DE GALERIA DE ÁGUAS PLUVIAIS NA RUA JOSÉ SALVADOR, MAIS ESPECIFICAMENTE PRÓXIMO AO LAVA CAR DO EDI .</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_parlamentar_no26-2023_patrolamento_bom_retiro.1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_parlamentar_no26-2023_patrolamento_bom_retiro.1.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito Municipal, na forma regimental, que venha através de seu setor competente, realizar consertos e reparos na comunidade Bom Retiro.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Professor Anderson, Tonho do Viveiro, Valdir, Victor Andrey Tiçãozinho</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_parlamentar_no_27-2023_luiz_antonio_-_indica_realizacao_de_lombada_na_rua_soeli_pires1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_parlamentar_no_27-2023_luiz_antonio_-_indica_realizacao_de_lombada_na_rua_soeli_pires1.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito Municipal, na forma regimental, determinar ao setor competente que tome providências quanto a instalação Lombada ou redutor de velocidade, na rua Soeli Pires Nº2091”.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_parlamentar_no_28-2023_-_ver._anderson1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_parlamentar_no_28-2023_-_ver._anderson1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, INDICA ao Chefe do Poder Executivo Municipal para que o mesmo poder, junto ao Departamento Competente realize o Cadastro de Solicitação de CALÇAMENTOS RURAIS DO CONVÊNIO E PARCERIAS DA ITAIPU BI NACIONAL.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_parlamentar_no_29-2023_-_ver._anderson1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_parlamentar_no_29-2023_-_ver._anderson1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, INDICA ao Chefe do Poder Executivo Municipal para que o mesmo poder, junto ao Departamento Competente realize o Cadastro de Solicitação de PLACAS FOTOVOLTAICAS PLACAS SOLARES, para os departamentos e prédios Públicos da Administração Municipal incluindo ESCOLAS, CMEI, APAE, do convênio e Parcerias da Itaipu Bi Nacional</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_parlamentar_no_30-2023_-_ver._anderson1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_parlamentar_no_30-2023_-_ver._anderson1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, INDICA ao Chefe do Poder Executivo Municipal para que o mesmo poder, junto ao Departamento Competente realize o Cadastro de Solicitação de verbas para o readequamento das estradas rurais do Convênio e Parcerias de Itaipu Bi Nacional.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_parlamentar_no_31-2023_-_joao_evandro_-_instalar_iluminacao_lavrama1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_parlamentar_no_31-2023_-_joao_evandro_-_instalar_iluminacao_lavrama1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, INDICA ao Poder Executivo Municipal na forma regimental, que determine ao setor competente para que proceda a manutenção e trocas das lâmpadas dos postes de iluminação Pública na comunidade da Lavrama.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_parlamentar_no_32-2023_-_joao_evandro_-_regularizacao_fundiaria1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_parlamentar_no_32-2023_-_joao_evandro_-_regularizacao_fundiaria1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, INDICA ao Poder Executivo Municipal na forma regimental, para que seja retomado a Regularização Fundiária – REURB, no município de Coronel Domingos Soares.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_parlamentar_no_33-2023_-_joao_evandro_-_piso_salarial_enfermagem1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_parlamentar_no_33-2023_-_joao_evandro_-_piso_salarial_enfermagem1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, INDICA ao Poder Executivo Municipal na forma regimental, para que encaminhe a esta Casa de Leis, Projeto de Lei que disponha sobre reajuste do piso salarial dos profissionais da saúde, especialmente de enfermeira (o) e auxiliares e técnicos de enfermagem.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_no_34.2023_joao_evandro_-_patrolamento_e_reparos_na_estrada_do_marcon2.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_no_34.2023_joao_evandro_-_patrolamento_e_reparos_na_estrada_do_marcon2.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito Municipal, na forma regimental, que venha através de seu setor competente, realizar patrolamento, e demais _x000D_
 reparos necessários em toda a estrada que dá acesso a Comunidade do Marcon.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_parlamentar_no_35-2023_-_joao_evandro_-_patrolamento_travessao1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_parlamentar_no_35-2023_-_joao_evandro_-_patrolamento_travessao1.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor Prefeito Municipal, na forma regimental, que venha através de seu setor competente, realizar patrolamento, e demais reparos necessários em toda a estrada que dá acesso a Comunidade do Marcon.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_parlamentar_no_36-2023_-_joao_evandro_-_patrolamento_pedra_branca_e_tremasa2.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_parlamentar_no_36-2023_-_joao_evandro_-_patrolamento_pedra_branca_e_tremasa2.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, INDICA ao Poder Executivo Municipal na forma regimental, que venha através de seu setor competente, realizar _x000D_
 Patrolamento, e demais reparos necessários em toda a estrada que dá acesso para o Ede da Tremasa, e Pedra Branca.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_parlamentar_no_37-2023_-_anderson_-_patrolamento_pedra_branca_e_tremasa2.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_parlamentar_no_37-2023_-_anderson_-_patrolamento_pedra_branca_e_tremasa2.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, INDICAM ao Poder Executivo Municipal na forma regimental, que através de seu setor competente, realize_x000D_
 Patrolamento, e demais reparos necessários nas comunidades De Pauli, e Chico André.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/38/indicacao_no_38.2023_estrada_bom_retiro_-_06-06-2023-2.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/38/indicacao_no_38.2023_estrada_bom_retiro_-_06-06-2023-2.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, apresentar INDICAÇÃO para que de forma EMERGENCIAL, sejam realizados serviços de patrolamento, cascalhamento e aberturas de sarjetas nas estradas da comunidade Bom Retiro, principalmente naquelas que possuem linhas escolares e de transporte de leite.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_no39.2023.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_no39.2023.pdf</t>
   </si>
   <si>
     <t>Vem a presença de Vossa Excelência apresentar indicação para que formalmente sejam remetidos nossos cordiais cumprimentos para Equipe do Departamento de Saúde que realizou atendimento heroico no dia 06 de Junho de 2023.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/40/indicacao_parlamentar_no_40-2023_-_joao_evandro_-_patrolamento_travessaozinho_e_passo_fundo1-1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/40/indicacao_parlamentar_no_40-2023_-_joao_evandro_-_patrolamento_travessaozinho_e_passo_fundo1-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, INDICA ao Poder Executivo Municipal na forma regimental, que através de seu setor competente, realize Patrolamento, Cascalhamento e demais reparos necessários nas comunidades Travessãozinho e Passo Fundo.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_parlamentar_no_41-2023_-_joao_evandro-_estudo_de_viabilidade1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_parlamentar_no_41-2023_-_joao_evandro-_estudo_de_viabilidade1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, INDICA ao Poder Executivo Municipal na forma regimental, que através de seu setor competente, realize um estudo de viabilidade para a construção de ponte sobre rio estrela.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_parlamentar_no_42-2023_-_joao_evandro_-_patrolamento_estrada_queimados1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_parlamentar_no_42-2023_-_joao_evandro_-_patrolamento_estrada_queimados1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, INDICA ao Poder Executivo Municipal na forma regimental, que através de seu setor competente, realize Patrolamento, e cascalhamento na estrada dos “Queimados”, e demais reparos na ponte próxima a propriedade do senhor Felisberto.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_parlamentar_no_43.2023_-_anderson_valdir_castanha_andrey-_estudo_de_viabilidade_produtor_rural1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_parlamentar_no_43.2023_-_anderson_valdir_castanha_andrey-_estudo_de_viabilidade_produtor_rural1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, INDICAM ao Poder Executivo Municipal na forma regimental, que através do seu setor competente, realize um _x000D_
 estudo de viabilidade para a criação de um programa de incentivo ao produtor rural em nossa cidade. Tal programa tem o objetivo de fortalecer o setor agrícola local, impulsionar o desenvolvimento sustentável e garantir o bem-estar dos nossos produtores rurais.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_parlamentar_no_44-2023_-_kiko_beto_adilson_solicitando_reparos_na_colonia_soares1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_parlamentar_no_44-2023_-_kiko_beto_adilson_solicitando_reparos_na_colonia_soares1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, INDICAM ao Poder Executivo Municipal na forma regimental, que através de seu setor competente, realize_x000D_
 reparos na estrada da Colônia Soares, visando melhorar o acesso ao transporte escolar e garantir a segurança dos estudantes que utilizam essa rota diariamente.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_parlamentar_no_45-2023_-_joao_evandro_-_solicitando_pavimentacao_na_vila_rural_e_vila_canhoto1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_parlamentar_no_45-2023_-_joao_evandro_-_solicitando_pavimentacao_na_vila_rural_e_vila_canhoto1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, INDICA ao Poder Executivo Municipal na forma regimental, para que realize a pavimentação com pedras poliédricas na vilaCanhoto e Vila Rural, com o objetivo de melhorar as condições de acesso e garantir mais segurança e qualidade de vida aos moradores dessas comunidades.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/46/indicacao_parlamentar_no_46-2023_solicitando_ponto_de_onibus1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/46/indicacao_parlamentar_no_46-2023_solicitando_ponto_de_onibus1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, INDICA ao Poder Executivo Municipal na forma regimental, que através de seu setor competente, realize a implantação de um ponto de ônibus na comunidade Bom Retiro, visando melhorar o acesso ao transporte público e proporcionar mais comodidade e segurança aos moradores da região.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/97/indicacao_parlamentar_no_48-2023_-_anderson_-_estudo_de_viabilidade_piso_salarial_de_enfermagem..pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/97/indicacao_parlamentar_no_48-2023_-_anderson_-_estudo_de_viabilidade_piso_salarial_de_enfermagem..pdf</t>
   </si>
   <si>
     <t>INDICAM ao Poder Executivo Municipal na forma regimental, que através de seu setor competente, vem por meio desta indicação parlamentar solicitar a realização de um estudo de viabilidade para a implementação do pagamento do piso nacional aos enfermeiros, técnicos de enfermagem e auxiliares de enfermagem que integram o quadro de servidores do município.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/98/indicacao_parlamentar_no_49-2023_-_anderson-_rever_plano_de_carreira_dos_servidores.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/98/indicacao_parlamentar_no_49-2023_-_anderson-_rever_plano_de_carreira_dos_servidores.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Poder Executivo Municipal na forma regimental, que através de seu setor competente, realize uma revisão urgente no plano de carreira dos servidores públicos municipais, especialmente os cargos de auxiliar administrativo, serviços gerais e motoristas</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_parlamentar_no_50-2023_-_joao_evandro-_troca_de_lampadas_vila_canhoto-1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_parlamentar_no_50-2023_-_joao_evandro-_troca_de_lampadas_vila_canhoto-1.pdf</t>
   </si>
   <si>
     <t>INDICA ao Poder Executivo Municipal na forma regimental, que através de seu setor competente, a realize a troca de lâmpadas na Vila Canhoto, a fim de promover melhorias na iluminação pública e garantir maior segurança e bem-estar aos moradores dessa localidade.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/100/indicacao_parlamentar_no_51-2023_-_joao_evandro_-_solicitando_a_construcao_de_portal_nas_entradas_cidade-1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/100/indicacao_parlamentar_no_51-2023_-_joao_evandro_-_solicitando_a_construcao_de_portal_nas_entradas_cidade-1.pdf</t>
   </si>
   <si>
     <t>INDICA ao Poder Executivo Municipal na forma regimental, a construção de portais nas principais entradas da cidade, com o objetivo de embelezar e fortalecer a identidade visual de nosso município.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Tiago Montebeles</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/101/indicacao_52.23_causa_animal_com_foco_em_programas_de_castracao.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/101/indicacao_52.23_causa_animal_com_foco_em_programas_de_castracao.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, NOS TERMOS REGIMENTAIS, A INCLUSÃO DE UM MONTANTE MÍNIMO DE R$ 25.000,00 NO ORÇAMENTO MUNICIPAL, ALOCADOS NA PASTA DO MEIO AMBIENTE, DESTINADOS À CAUSA ANIMAL, COM FOCO NA EXECUÇÃO DE PROGRAMAS DE CASTRAÇÃO DE CÃES E GATOS, BEM COMO NA PROVISÃO DE ASSISTÊNCIA VETERINÁRIA A ESSES ANIMAIS EM SITUAÇÕES DE VULNERABILIDADE.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/102/indicacao_parlamentar_no_53-2023_-joao_evandro_e_tiago_-_estudo_de_viabilidade_sobre_tarifa_zero-1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/102/indicacao_parlamentar_no_53-2023_-joao_evandro_e_tiago_-_estudo_de_viabilidade_sobre_tarifa_zero-1.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Poder Executivo Municipal na forma regimental, que através de seu setor competente, realize um estudo de viabilidade para a implementação da tarifa zero no transporte público no interior do município.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/103/indicacao_parlamentar_no_54-2023_-anderson_-_solicitando_kits_esportivos_ao_deputado_professor_lemos.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/103/indicacao_parlamentar_no_54-2023_-anderson_-_solicitando_kits_esportivos_ao_deputado_professor_lemos.pdf</t>
   </si>
   <si>
     <t>INDICA ao Poder Executivo Municipal na forma regimental, que através de seu setor competente solicite ao Poder Executivo do Estado a destinação de recursos para a aquisição e distribuição de kits esportivos para as comunidades e instituições esportivas de nosso município.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_01.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_01.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência requerer que seja enviado expediente ao Prefeito Municipal, para que esse encaminhe com máxima urgência toda a documentação de cunho fiscalizatório da empresa ACR Administradora de serviços eireli, oriundos do contrato administrativo nº 98/2021.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_02.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_02.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência reiterar o pedido para envio para essa Colenda Casa Legislativa, do Plano de mobilidade da Comunidade da Nova Iguaçu, que foi afetada diretamente com o inicio das obras de pavimentação com pedras irregulares.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_03.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_03.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência requerer para que seja enviado expediente ao Prefeito Municipal e Procuradoria Jurídica, para que esses encaminhem informações dos processos judiciais e políticos, que foram adotados para resgate do ICMS Ecológico, que está sendo usufruindo pelo município de Bituruna.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_04.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_04.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência requerer para que seja enviado expediente ao Prefeito Municipal para que se encaminhe com máxima urgência todos os contratos firmados com as empresas Martinelli Locações de Máquinas .</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência requerer para que seja enviado expediente ao Prefeito Municipal para que esse faça comprovação do cumprimento do art. 92-A da Lei Orgânica Municipal, quanto ao ato administrativo de nomeação do Diretor do Departamento de Infraestrutura e Engenharia.</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/48/requerimento_no_06.2023_alberto_kiko_tiago_e_adiso_-_informacoes_projeto_calcario-1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/48/requerimento_no_06.2023_alberto_kiko_tiago_e_adiso_-_informacoes_projeto_calcario-1.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja enviado expediente ao Prefeito Municipal, para que esse encaminhe com a máxima _x000D_
 urgência informações acerca da implementação ou não do “programa de distribuição de calcário aos pequenos produtores rurais”, concedido _x000D_
 pela Lei nº 968/2021.</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/49/requerimento_no_07.2023_alberto_kiko_tiago_e_adilso_-_informacoes_plano_de_atividades_do_departamento_de_infraestrutura_1-2.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/49/requerimento_no_07.2023_alberto_kiko_tiago_e_adilso_-_informacoes_plano_de_atividades_do_departamento_de_infraestrutura_1-2.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja enviado expediente ao Prefeito Municipal, para que esse encaminhe com a máxima _x000D_
 urgência informações acerca da programação do Departamento de Infraestrutura no que concerne a conservação das vias da zona rural do _x000D_
 município, em atendimento a lei municipal.</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja enviado expediente ao Prefeito Municipal, para que esse encaminhe com a máxima _x000D_
 urgência informações acerca do acidente automobilístico ocorrido como veículo Fiat/Toro da frota de veículos do Departamento de Saúde.</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/51/requerimento_no_09.2023_alberto_kiko_tiago_e_adilso_-_informacoes_iguacu-3.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/51/requerimento_no_09.2023_alberto_kiko_tiago_e_adilso_-_informacoes_iguacu-3.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja enviado expediente ao Prefeito Municipal, para que esse encaminhe com a máxima _x000D_
 urgência a informação de qual servidor desautorizou a passagem por meia pista ou desvio lateral no calçamento da Nova Iguaçu, conforme _x000D_
 relatado pelo Prefeito Municipal e Vice Prefeito, para fins de que os deputados estaduais Matheus Vermelho e Luiz Fernando Guerra _x000D_
 possam pautar agenda e esclarecer a situação daquela região e o sofrimento que a obra está por produzir aos ribeirinhos e toda comunidade.</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/52/requerimento_no_10.2023_alberto_kiko_tiago_e_adilso_-_acr-3.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/52/requerimento_no_10.2023_alberto_kiko_tiago_e_adilso_-_acr-3.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja enviado expediente ao Prefeito Municipal, para que esse encaminhe com a máxima _x000D_
 urgência cópia do procedimento administrativo instaurado em desfavor da empresa ACR Administradora de Serviços Eireli.</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/53/requerimento_no_11.2023_alberto_kiko_tiago_e_adilson_-_informacoes_poco_artesiano_iratim-1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/53/requerimento_no_11.2023_alberto_kiko_tiago_e_adilson_-_informacoes_poco_artesiano_iratim-1.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja enviado expediente ao Prefeito Municipal, para que encaminhe os termos (documentos) do _x000D_
 poço artesiano da Ponte do Iratim, entre eles convênios entre a municipalidade e a Sanepar, se existente, para fins de identificação da responsabilização pelo fornecimento de água.</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/54/requerimento_no_12.2023_beto_kiko_tiago_e_adilso_-_constituicao_de_comissao_especial_de_estudo_-_copia.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/54/requerimento_no_12.2023_beto_kiko_tiago_e_adilso_-_constituicao_de_comissao_especial_de_estudo_-_copia.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja instaurada Comissão Parlamentar Extraordinária de Estudo, para fins de identificar em quais _x000D_
 escolas municipais o transporte escolar não está tendo seu curso regular em razão da precariedade das estradas rurais.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/55/requerimento_no_13.2023_beto_kiko_tiago_e_adilso_-_constituicao_de_comissao_especial_de_estudo_-_copia_-_copia.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/55/requerimento_no_13.2023_beto_kiko_tiago_e_adilso_-_constituicao_de_comissao_especial_de_estudo_-_copia_-_copia.pdf</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/56/requerimento_no_14.2023_beto_kiko_adilso_e_tiago_-_informacoes_escolas.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/56/requerimento_no_14.2023_beto_kiko_adilso_e_tiago_-_informacoes_escolas.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja enviado expediente as Diretoras de Escolas Municiais, para que essas informem os _x000D_
 seguintes dados: a) número de alunos; b) número de turmas; c) qual o turno da escola; d) quantas refeições são servidas aos alunos; e) se _x000D_
 existe refeitório na escola; f) quantos professores atuam na escola; g) quantos estagiários atuam na escola; h) quantas zeladoras atuam na _x000D_
 escola; i) quantas merendeiras atuam na escola; j) se existe material didático, apontando quais; l) se existe insuficiência de carteiras escolares; m) se existem reclamações de pais e alunos quanto à estrutura física da escola; n) outras informações que julguem relevantes para elaboração de relatório da situação das escolas municipais.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/57/requerimento_no_15.2023_beto_kiko_tiago_e_adilso_-_horas_maquinas_martinelli_-_10-03-2023.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/57/requerimento_no_15.2023_beto_kiko_tiago_e_adilso_-_horas_maquinas_martinelli_-_10-03-2023.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja enviado expediente ao Prefeito Municipal, para que esse encaminhe com a máxima _x000D_
 urgência todas as ordens de serviço e controles de bordo diários das máquinas locadas através dom contratos encaminhados para essa _x000D_
 Câmara de Vereadores, com a empresa Martinelli Locações de Máquinas, CNPJ nº 20.838.016/0001-85.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/58/requerimento_no_16.2023_beto_kiko_adilso_e_tiago_-_informacoes_projeto_saude_no_campo-1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/58/requerimento_no_16.2023_beto_kiko_adilso_e_tiago_-_informacoes_projeto_saude_no_campo-1.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja enviado expediente ao Prefeito Municipal, para que esse encaminhe com a máxima urgência informações acerca do retorno do programa “Saúde no Campo”, vez que nas últimas semanas não ocorreram atendimentos na zona rural do município.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/59/requerimento_no_17.2023_alberto_kiko_adilso_e_tiago_-_documentos_martinelli_escavadeira_-_17-03-2023-1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/59/requerimento_no_17.2023_alberto_kiko_adilso_e_tiago_-_documentos_martinelli_escavadeira_-_17-03-2023-1.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requererem que seja enviado expediente ao Prefeito Municipal e Diretor do Departamento de _x000D_
 Infraestrutura, para que esse encaminhe com a máxima urgência os seguintes documentos:</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/60/requerimento_no_18.2023_beto_kiko_adilson_e_tiago_-_documentos_martinelli_rolo_-_17-03-2023_1-1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/60/requerimento_no_18.2023_beto_kiko_adilson_e_tiago_-_documentos_martinelli_rolo_-_17-03-2023_1-1.pdf</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Vêm através deste requerer que seja dispensada a exigência regimental para realização de sessão extraordinária.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Dr. Beto</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/61/requerimento_no20_-_titulo_cidadao_jose_laurindo_-_assinado_1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/61/requerimento_no20_-_titulo_cidadao_jose_laurindo_-_assinado_1.pdf</t>
   </si>
   <si>
     <t>Vem a presença de Vossa Excelência, requerer a elaboração e tramitação de Decreto Legislativo, para concessão de _x000D_
 Título de Cidadão Honorário, ao senhor Doutor Desembargador JoséLaurindo de Souza Netto, conforme justificativa.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_21.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_21.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência requerer para que seja concedido “moção de aplausos” aos servidores lotados na escola Municipal Santa Rita de Cassia.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência requerer que seja enviado expediente ao Prefeito Municipal, para que este informe se está sendo realizando descontos no vale-alimentação por faltas justificadas.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_23.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_23.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência requerer que seja enviado expediente ao Prefeito Municipal, para que este encaminhe com máxima urgência cópia das atas da audiência pública realizada com comunidade da Nova Iguaçu, antes do inicio do calçamento com pedras irregulares.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência requerer que seja enviado expediente ao Prefeito Municipal, para que este encaminhe com máxima urgência, quais efetivamente foram as atitudes tomadas em prol dos funcionários terceirizados da empresa ACR.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/93/requerimento_25.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/93/requerimento_25.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência requerer que seja enviado expediente ao Prefeito Municipal, para que este encaminhe todos os documentos que impedem a construção da Escola Municipal Santa Rita de Cássia.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/62/requerimento_26.2023_agenda_do_prefeito_vereador_alberto.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/62/requerimento_26.2023_agenda_do_prefeito_vereador_alberto.pdf</t>
   </si>
   <si>
     <t>Vem a presença de Vossa Excelência, requerer que seja enviado expediente ao Prefeito Municipal, para que esse encaminhe para essa Colenda Casa_x000D_
 de Leis a agenda de atendimento do Gabinete dos dias 11, 12 e 13 de abril de 2023, através do Prefeito, Vice-Prefeito ou Chefe de Gabinete.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Adilson Santa Fé, Dr. Beto, João Evandro, Kiko</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_no27.2023_aplicacoes_dos_recursos_da_cosip_ou_cip_vereador_alberto.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_no27.2023_aplicacoes_dos_recursos_da_cosip_ou_cip_vereador_alberto.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja enviado expediente ao Prefeito Municipal, para que esse encaminhe com a máxima urgência, informe qual o saldo da conta da COSIP ou CIP (Iluminação Pública), e, se foi realizado nos anos de 2021, 2022 e 2023,alguma expansão de rede de energia elétrica com recursos das contribuições.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/64/requerimento_alagamentos_28.2023_vereador_alberto.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/64/requerimento_alagamentos_28.2023_vereador_alberto.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja enviado expediente ao Prefeito Municipal e ao Diretor do Departamento de Urbanismo, para que esse encaminhe com a máxima urgência, informações acerca da existência de plano de trabalho para contenção de alagamentos na cidade, especialmente a limpeza de sarjetas e escoadores de água.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja enviado expediente ao Prefeito Municipal, para que esse encaminhe com a_x000D_
 máxima urgência, as seguintes informações: _x000D_
 - quantas linhas de transporte escolar existem dentro do município, e quais são elas, com distâncias, pontos de partida e chegada; _x000D_
 - quais linhas são terceirizadas, informando o nome da empresa contratada; _x000D_
 - quais as exigências aos motoristas de veículos terceirizados na contratação; e, _x000D_
 - quais os veículos realizam o transporte escolar próprio e terceirizado, com a informações de quem são seus condutores.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/66/requerimentos_no30.2023_-_joao_evandro_-_requer_sessao_extraordinaria_1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/66/requerimentos_no30.2023_-_joao_evandro_-_requer_sessao_extraordinaria_1.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, solicitar a apreciação em Plenário, para realização de Sessão Extraordinária, após 30 minutos do término da 11ª Sessão Ordinária, que se realizará no dia 24 de ABRIL de 2023, a qual contará com deliberação dos Projetos de Lei constantes em pauta, conforme da sessão mencionada. Desta forma dispensa-se a apresentação de Perecer Técnico e Jurídico, para as proposições que tenham sido baixadas para analise das Comissões Temáticas na Sessão anteriormente citada.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_no31.2023_informacoes_sobre_medicos_pediatras-_vereador_joao_evandro.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_no31.2023_informacoes_sobre_medicos_pediatras-_vereador_joao_evandro.pdf</t>
   </si>
   <si>
     <t>João Evandro de SouzaTibes, na qualidade de vereador e subscritor do presente, com base no art. 143, IV e 312 do Regimento Interno desta Casa Legislativa, e Lei nº 12.527/2011, vêm a presença de Vossa Excelência, requerer que seja enviado expediente ao Prefeito Municipal, e ao Departamento Municipal de Saúde, para que esse encaminhe para esta Casa de Leis, as seguintes informações:_x000D_
 a) Quantos médicos pediatras concursados exercem suas funções na secretaria municipal de saúde? Relacionar nomes dos médicos, dias e horários de atendimentos._x000D_
 b) Há médicos pediatras de plantão na Unidade? Se não houver, justificar._x000D_
 c) Quais providências estão sendo tomadas pela falta de atendimento aos finais de semana?_x000D_
 d) Demais informações que julgar pertinente.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/68/requerimento_no32.2023-_vereador_jose_carlos_correa_leao._procon.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/68/requerimento_no32.2023-_vereador_jose_carlos_correa_leao._procon.pdf</t>
   </si>
   <si>
     <t>O vereador que a este subscreve, solicita o envio de cópia deste Requerimento ao Executivo com a proposta de apresentar uma sugestão de Projeto de Lei, tendo como objetivo, que o Executivo Municipal analise a possibilidade de instituir e organizar o Sistema Municipal de Defesa do Consumidor – PROCON, no Município de Coronel Domingos Soares.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/69/requerimento_no33.2023_mocao_de_aplauso_vacina..pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/69/requerimento_no33.2023_mocao_de_aplauso_vacina..pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja concedido “moção de aplausos” para os servidores Ilson Admar da Silva, Marilei Aparecida Tortelli Lustoza, Rosana Marques silva, Valdoir Ramos, Makiéli de Moraes Costa, Marli Aparecida Scopel Mendes, da equipe de vacina, da Unidade Básica de _x000D_
 Saúde de Coronel Domingos Soares.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/70/requerimento_no34.2023_informacoes_dept_de_esportes.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/70/requerimento_no34.2023_informacoes_dept_de_esportes.pdf</t>
   </si>
   <si>
     <t>vêm a presença de Vossa Excelência, requerer que seja enviado ao Prefeito Municipal e ao Departamento de Esportes, para que_x000D_
 esclareçam como está ocorrendo a distribuição de horários para treinamento das equipes.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/94/requerimento_35.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/94/requerimento_35.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência requerer que a instalação da Comissão Parlamentar Extraordinária de Estudo, com fim especifico de realizar o acompanhamento, reunir acervo e demais elementos para subsidiar os parlamentares na tomada de decisões sobre as divisas territoriais com o município de Bituruna.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_no36.2023_dispensa_sessao_extraordinaria.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_no36.2023_dispensa_sessao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA DISPENSADA A EXIGÊNCIA REGIMENTAL PARA REALIZAÇÃO DE SESSÃO EXTRAORDINÁRIA.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/72/requerimento_no37.2023_informacoes_-_portarias.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/72/requerimento_no37.2023_informacoes_-_portarias.pdf</t>
   </si>
   <si>
     <t>Vem a presença de Vossa Excelência, requerer que seja enviado expediente ao Prefeito Municipal, para que esse informe e encaminhe cópia dos atos que _x000D_
 justificaram as reduções dos vencimentos de servidores públicos municipais, entre eles os constantes nas portarias nº 064/2023 e 067/2023.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/73/requerimento_no38.2023_vereador_kiko_informacoes_sobre_atendimentos_medicos.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/73/requerimento_no38.2023_vereador_kiko_informacoes_sobre_atendimentos_medicos.pdf</t>
   </si>
   <si>
     <t>Vem a presença de Vossa Excelência, requerer que seja oficiado ao Executivo Municipal solicitando providencias sobre a triagem de atendimento no Departamento Municipal de Saúde.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_no39.2023_informacoes_sobre_exoneracao_da_servidora_rejane2.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_no39.2023_informacoes_sobre_exoneracao_da_servidora_rejane2.pdf</t>
   </si>
   <si>
     <t>Vem a presença de Vossa Excelência, requerer informações e para que o Presidente do Legislativo apresente cópias de atos que justificaram a exoneração da servidora Rejane Aparecida da Luz.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Valdir</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/75/requerimento_no40.2023_mocao_de_aplausos_luzia2.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/75/requerimento_no40.2023_mocao_de_aplausos_luzia2.pdf</t>
   </si>
   <si>
     <t>Vem a presença de Vossa Excelência, requerer Moção de Aplausos para a servidora e Diretora do Colégio Estadual do Campo Cândido Rossoni, Luzía Aparecida da Silva Sconginsk .</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_no41.2023_documentos_orcamento_-_execucao.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_no41.2023_documentos_orcamento_-_execucao.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja enviado expediente ao Prefeito Municipal, para que encaminhe o resumo da execução orçamentária entre 01 de janeiro de 2023 até 31 de maio de 2023, constando as informações nos moldes da planilha anexa.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_no42.2023_mocao_de_congratulacao_-_06-06-2023.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_no42.2023_mocao_de_congratulacao_-_06-06-2023.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer moção de congratulação ao senhor Carlos Roberto dos Santos, filho de Maria Izabel dos Santos, qual era Oficial de Justiça da Comarca de Palmas e Coronel Domingos Soares, e que atuou em nosso município desde o ano de 2006, em tempos difíceis, e agora, está encerrando sua carreira no Judiciário.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência requerer moção de aplausos a todos os servidores públicos e colaboradores da municipalidade, que estiveram a frente dos trabalhos na pandemia COVID-19.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/96/requerimento_44.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/96/requerimento_44.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência requerer que seja encaminhado informação de quais servidores gozaram de licença especial, instituída pelo art. 129 do Estatuto do Servidor na atual gestão, bem como período concessivo.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_no45.2023_documentos_readaptacao_funcional.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_no45.2023_documentos_readaptacao_funcional.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja informado quem são os médicos responsáveis, pela Junta Médica Oficial da municipalidade, em que devem ser submetidos os servidores públicos para avaliação de readaptações funcionais.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/79/requerimentono46.2023_kiko_beto_adilson-_documentos_licenca_remunerada.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/79/requerimentono46.2023_kiko_beto_adilson-_documentos_licenca_remunerada.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja encaminhado informação de quais os servidores gozaram da Licença Especial, instituída pelo art. 129 do Estatuto do Servidor na atual gestão, bem como o período concessivo.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_no47.2023_sessao_extraoridnaria.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_no47.2023_sessao_extraoridnaria.pdf</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_no48.2023_estradas.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_no48.2023_estradas.pdf</t>
   </si>
   <si>
     <t>Vêm a presença de Vossa Excelência, requerer que seja expedido ofício ao Prefeito Municipal, para que informe qual é o cronograma de trabalhos para recuperação das estradas rurais.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1359,68 +1359,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/1/indicacao_no_01-2023_beto_kiko_tiago_e_adilso_-_icms_ecologico_bituruna.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/2/indicacaono_02.2021_beto_kiko_adilso_e_tiago_-_patrolamento_estrada_do_iratin.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_no03.2023_beto_kiko_adilso_e_tiago_-_reparo_emergencial_em_todas_as_estradas_municipais.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_no_04.2023_beto_kiko_tiago_e_adilso_-_patrolamento_e_reparaos_na_estrada_do_travessaozinho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_no_05.2023_beto_tiago_kiko_e_adilso_-_patrolamento_e_reparos_na_estrada_do_pedregulho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_no_06_beto_kiko_adilso_e_tiago_-controle_interno.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_parlamentar_no_07-2023_joao_evandro_-_manutencao_na_estrada_iraras_pedra_branca_e_nova_iguacu.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_parlamentar_no_08-2023_joao_evandro_-_manutencao_na_estrada_antiga_indusa.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_parlamentar_no_09-2023_joao_evandro_-_manutencao_na_do_cacumbangue.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_parlamentar_no_10-2023_joao_evandro_-_construcao_de_muros_na_creche.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_parlamentar_no_11-2023_anderson_iraci_-_solicitacao_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_parlamentar_no_12-2023_anderson_iraci_-_solicitacao_de_patrolamento.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_parlamentar_no_13-2023_joao_evandro_-_solicitacao_de_iluminacao_publica_ponte_do_chopim..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_parlamentar_no_14-2023_joao_evandro_-_taxi1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_parlamentar_no15-2023_patrolamento_engenho_velho.1-1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_no16.2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_parlamentar_no17-2023_construcao_de_espaco_fisico_feira_rural..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_de_pauli_18-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_19.2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_parlamentar_no_20-2023_anderson_-solicitacao_de_portas_giratorias-2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/21/indicacao_no21.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_parlamentar_no_22-2023_joao_evandro_-_solicitacao_de_iluminacao_publica3.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_23-2023_seguranca_escolar1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_parlamentar_no_24-2023_jose_carlos_-_solicitacao_de_iluminacao_publica1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_25-2023._galerias_pluviais-_joao_evandro1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_parlamentar_no26-2023_patrolamento_bom_retiro.1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_parlamentar_no_27-2023_luiz_antonio_-_indica_realizacao_de_lombada_na_rua_soeli_pires1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_parlamentar_no_28-2023_-_ver._anderson1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_parlamentar_no_29-2023_-_ver._anderson1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_parlamentar_no_30-2023_-_ver._anderson1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_parlamentar_no_31-2023_-_joao_evandro_-_instalar_iluminacao_lavrama1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_parlamentar_no_32-2023_-_joao_evandro_-_regularizacao_fundiaria1.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_parlamentar_no_33-2023_-_joao_evandro_-_piso_salarial_enfermagem1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_no_34.2023_joao_evandro_-_patrolamento_e_reparos_na_estrada_do_marcon2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_parlamentar_no_35-2023_-_joao_evandro_-_patrolamento_travessao1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_parlamentar_no_36-2023_-_joao_evandro_-_patrolamento_pedra_branca_e_tremasa2.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_parlamentar_no_37-2023_-_anderson_-_patrolamento_pedra_branca_e_tremasa2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/38/indicacao_no_38.2023_estrada_bom_retiro_-_06-06-2023-2.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_no39.2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/40/indicacao_parlamentar_no_40-2023_-_joao_evandro_-_patrolamento_travessaozinho_e_passo_fundo1-1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_parlamentar_no_41-2023_-_joao_evandro-_estudo_de_viabilidade1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_parlamentar_no_42-2023_-_joao_evandro_-_patrolamento_estrada_queimados1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_parlamentar_no_43.2023_-_anderson_valdir_castanha_andrey-_estudo_de_viabilidade_produtor_rural1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_parlamentar_no_44-2023_-_kiko_beto_adilson_solicitando_reparos_na_colonia_soares1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_parlamentar_no_45-2023_-_joao_evandro_-_solicitando_pavimentacao_na_vila_rural_e_vila_canhoto1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/46/indicacao_parlamentar_no_46-2023_solicitando_ponto_de_onibus1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/97/indicacao_parlamentar_no_48-2023_-_anderson_-_estudo_de_viabilidade_piso_salarial_de_enfermagem..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/98/indicacao_parlamentar_no_49-2023_-_anderson-_rever_plano_de_carreira_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_parlamentar_no_50-2023_-_joao_evandro-_troca_de_lampadas_vila_canhoto-1.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/100/indicacao_parlamentar_no_51-2023_-_joao_evandro_-_solicitando_a_construcao_de_portal_nas_entradas_cidade-1.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/101/indicacao_52.23_causa_animal_com_foco_em_programas_de_castracao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/102/indicacao_parlamentar_no_53-2023_-joao_evandro_e_tiago_-_estudo_de_viabilidade_sobre_tarifa_zero-1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/103/indicacao_parlamentar_no_54-2023_-anderson_-_solicitando_kits_esportivos_ao_deputado_professor_lemos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/48/requerimento_no_06.2023_alberto_kiko_tiago_e_adiso_-_informacoes_projeto_calcario-1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/49/requerimento_no_07.2023_alberto_kiko_tiago_e_adilso_-_informacoes_plano_de_atividades_do_departamento_de_infraestrutura_1-2.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/51/requerimento_no_09.2023_alberto_kiko_tiago_e_adilso_-_informacoes_iguacu-3.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/52/requerimento_no_10.2023_alberto_kiko_tiago_e_adilso_-_acr-3.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/53/requerimento_no_11.2023_alberto_kiko_tiago_e_adilson_-_informacoes_poco_artesiano_iratim-1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/54/requerimento_no_12.2023_beto_kiko_tiago_e_adilso_-_constituicao_de_comissao_especial_de_estudo_-_copia.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/55/requerimento_no_13.2023_beto_kiko_tiago_e_adilso_-_constituicao_de_comissao_especial_de_estudo_-_copia_-_copia.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/56/requerimento_no_14.2023_beto_kiko_adilso_e_tiago_-_informacoes_escolas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/57/requerimento_no_15.2023_beto_kiko_tiago_e_adilso_-_horas_maquinas_martinelli_-_10-03-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/58/requerimento_no_16.2023_beto_kiko_adilso_e_tiago_-_informacoes_projeto_saude_no_campo-1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/59/requerimento_no_17.2023_alberto_kiko_adilso_e_tiago_-_documentos_martinelli_escavadeira_-_17-03-2023-1.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/60/requerimento_no_18.2023_beto_kiko_adilson_e_tiago_-_documentos_martinelli_rolo_-_17-03-2023_1-1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/61/requerimento_no20_-_titulo_cidadao_jose_laurindo_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/93/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/62/requerimento_26.2023_agenda_do_prefeito_vereador_alberto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_no27.2023_aplicacoes_dos_recursos_da_cosip_ou_cip_vereador_alberto.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/64/requerimento_alagamentos_28.2023_vereador_alberto.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/66/requerimentos_no30.2023_-_joao_evandro_-_requer_sessao_extraordinaria_1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_no31.2023_informacoes_sobre_medicos_pediatras-_vereador_joao_evandro.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/68/requerimento_no32.2023-_vereador_jose_carlos_correa_leao._procon.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/69/requerimento_no33.2023_mocao_de_aplauso_vacina..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/70/requerimento_no34.2023_informacoes_dept_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/94/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_no36.2023_dispensa_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/72/requerimento_no37.2023_informacoes_-_portarias.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/73/requerimento_no38.2023_vereador_kiko_informacoes_sobre_atendimentos_medicos.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_no39.2023_informacoes_sobre_exoneracao_da_servidora_rejane2.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/75/requerimento_no40.2023_mocao_de_aplausos_luzia2.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_no41.2023_documentos_orcamento_-_execucao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_no42.2023_mocao_de_congratulacao_-_06-06-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/96/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_no45.2023_documentos_readaptacao_funcional.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/79/requerimentono46.2023_kiko_beto_adilson-_documentos_licenca_remunerada.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_no47.2023_sessao_extraoridnaria.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_no48.2023_estradas.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/1/indicacao_no_01-2023_beto_kiko_tiago_e_adilso_-_icms_ecologico_bituruna.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/2/indicacaono_02.2021_beto_kiko_adilso_e_tiago_-_patrolamento_estrada_do_iratin.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_no03.2023_beto_kiko_adilso_e_tiago_-_reparo_emergencial_em_todas_as_estradas_municipais.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_no_04.2023_beto_kiko_tiago_e_adilso_-_patrolamento_e_reparaos_na_estrada_do_travessaozinho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_no_05.2023_beto_tiago_kiko_e_adilso_-_patrolamento_e_reparos_na_estrada_do_pedregulho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_no_06_beto_kiko_adilso_e_tiago_-controle_interno.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_parlamentar_no_07-2023_joao_evandro_-_manutencao_na_estrada_iraras_pedra_branca_e_nova_iguacu.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_parlamentar_no_08-2023_joao_evandro_-_manutencao_na_estrada_antiga_indusa.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_parlamentar_no_09-2023_joao_evandro_-_manutencao_na_do_cacumbangue.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_parlamentar_no_10-2023_joao_evandro_-_construcao_de_muros_na_creche.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_parlamentar_no_11-2023_anderson_iraci_-_solicitacao_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_parlamentar_no_12-2023_anderson_iraci_-_solicitacao_de_patrolamento.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_parlamentar_no_13-2023_joao_evandro_-_solicitacao_de_iluminacao_publica_ponte_do_chopim..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_parlamentar_no_14-2023_joao_evandro_-_taxi1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_parlamentar_no15-2023_patrolamento_engenho_velho.1-1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_no16.2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_parlamentar_no17-2023_construcao_de_espaco_fisico_feira_rural..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_de_pauli_18-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_19.2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_parlamentar_no_20-2023_anderson_-solicitacao_de_portas_giratorias-2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/21/indicacao_no21.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_parlamentar_no_22-2023_joao_evandro_-_solicitacao_de_iluminacao_publica3.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_23-2023_seguranca_escolar1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_parlamentar_no_24-2023_jose_carlos_-_solicitacao_de_iluminacao_publica1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/25/indicacao_25-2023._galerias_pluviais-_joao_evandro1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_parlamentar_no26-2023_patrolamento_bom_retiro.1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_parlamentar_no_27-2023_luiz_antonio_-_indica_realizacao_de_lombada_na_rua_soeli_pires1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_parlamentar_no_28-2023_-_ver._anderson1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_parlamentar_no_29-2023_-_ver._anderson1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_parlamentar_no_30-2023_-_ver._anderson1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_parlamentar_no_31-2023_-_joao_evandro_-_instalar_iluminacao_lavrama1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_parlamentar_no_32-2023_-_joao_evandro_-_regularizacao_fundiaria1.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_parlamentar_no_33-2023_-_joao_evandro_-_piso_salarial_enfermagem1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_no_34.2023_joao_evandro_-_patrolamento_e_reparos_na_estrada_do_marcon2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/35/indicacao_parlamentar_no_35-2023_-_joao_evandro_-_patrolamento_travessao1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/36/indicacao_parlamentar_no_36-2023_-_joao_evandro_-_patrolamento_pedra_branca_e_tremasa2.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_parlamentar_no_37-2023_-_anderson_-_patrolamento_pedra_branca_e_tremasa2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/38/indicacao_no_38.2023_estrada_bom_retiro_-_06-06-2023-2.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_no39.2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/40/indicacao_parlamentar_no_40-2023_-_joao_evandro_-_patrolamento_travessaozinho_e_passo_fundo1-1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_parlamentar_no_41-2023_-_joao_evandro-_estudo_de_viabilidade1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_parlamentar_no_42-2023_-_joao_evandro_-_patrolamento_estrada_queimados1.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_parlamentar_no_43.2023_-_anderson_valdir_castanha_andrey-_estudo_de_viabilidade_produtor_rural1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_parlamentar_no_44-2023_-_kiko_beto_adilson_solicitando_reparos_na_colonia_soares1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_parlamentar_no_45-2023_-_joao_evandro_-_solicitando_pavimentacao_na_vila_rural_e_vila_canhoto1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/46/indicacao_parlamentar_no_46-2023_solicitando_ponto_de_onibus1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/97/indicacao_parlamentar_no_48-2023_-_anderson_-_estudo_de_viabilidade_piso_salarial_de_enfermagem..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/98/indicacao_parlamentar_no_49-2023_-_anderson-_rever_plano_de_carreira_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_parlamentar_no_50-2023_-_joao_evandro-_troca_de_lampadas_vila_canhoto-1.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/100/indicacao_parlamentar_no_51-2023_-_joao_evandro_-_solicitando_a_construcao_de_portal_nas_entradas_cidade-1.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/101/indicacao_52.23_causa_animal_com_foco_em_programas_de_castracao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/102/indicacao_parlamentar_no_53-2023_-joao_evandro_e_tiago_-_estudo_de_viabilidade_sobre_tarifa_zero-1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/103/indicacao_parlamentar_no_54-2023_-anderson_-_solicitando_kits_esportivos_ao_deputado_professor_lemos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/82/requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/84/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/48/requerimento_no_06.2023_alberto_kiko_tiago_e_adiso_-_informacoes_projeto_calcario-1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/49/requerimento_no_07.2023_alberto_kiko_tiago_e_adilso_-_informacoes_plano_de_atividades_do_departamento_de_infraestrutura_1-2.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/51/requerimento_no_09.2023_alberto_kiko_tiago_e_adilso_-_informacoes_iguacu-3.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/52/requerimento_no_10.2023_alberto_kiko_tiago_e_adilso_-_acr-3.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/53/requerimento_no_11.2023_alberto_kiko_tiago_e_adilson_-_informacoes_poco_artesiano_iratim-1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/54/requerimento_no_12.2023_beto_kiko_tiago_e_adilso_-_constituicao_de_comissao_especial_de_estudo_-_copia.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/55/requerimento_no_13.2023_beto_kiko_tiago_e_adilso_-_constituicao_de_comissao_especial_de_estudo_-_copia_-_copia.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/56/requerimento_no_14.2023_beto_kiko_adilso_e_tiago_-_informacoes_escolas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/57/requerimento_no_15.2023_beto_kiko_tiago_e_adilso_-_horas_maquinas_martinelli_-_10-03-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/58/requerimento_no_16.2023_beto_kiko_adilso_e_tiago_-_informacoes_projeto_saude_no_campo-1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/59/requerimento_no_17.2023_alberto_kiko_adilso_e_tiago_-_documentos_martinelli_escavadeira_-_17-03-2023-1.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/60/requerimento_no_18.2023_beto_kiko_adilson_e_tiago_-_documentos_martinelli_rolo_-_17-03-2023_1-1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/61/requerimento_no20_-_titulo_cidadao_jose_laurindo_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/93/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/62/requerimento_26.2023_agenda_do_prefeito_vereador_alberto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_no27.2023_aplicacoes_dos_recursos_da_cosip_ou_cip_vereador_alberto.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/64/requerimento_alagamentos_28.2023_vereador_alberto.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/66/requerimentos_no30.2023_-_joao_evandro_-_requer_sessao_extraordinaria_1.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_no31.2023_informacoes_sobre_medicos_pediatras-_vereador_joao_evandro.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/68/requerimento_no32.2023-_vereador_jose_carlos_correa_leao._procon.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/69/requerimento_no33.2023_mocao_de_aplauso_vacina..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/70/requerimento_no34.2023_informacoes_dept_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/94/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_no36.2023_dispensa_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/72/requerimento_no37.2023_informacoes_-_portarias.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/73/requerimento_no38.2023_vereador_kiko_informacoes_sobre_atendimentos_medicos.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_no39.2023_informacoes_sobre_exoneracao_da_servidora_rejane2.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/75/requerimento_no40.2023_mocao_de_aplausos_luzia2.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_no41.2023_documentos_orcamento_-_execucao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_no42.2023_mocao_de_congratulacao_-_06-06-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/96/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_no45.2023_documentos_readaptacao_funcional.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/79/requerimentono46.2023_kiko_beto_adilson-_documentos_licenca_remunerada.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_no47.2023_sessao_extraoridnaria.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_no48.2023_estradas.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="64.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="207" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="206.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>