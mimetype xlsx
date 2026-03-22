--- v0 (2026-01-30)
+++ v1 (2026-03-22)
@@ -54,1269 +54,1269 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Tiago Montebeles</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/104/ccf08052024.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/104/ccf08052024.pdf</t>
   </si>
   <si>
     <t>Reparos e substituição das atuais lâmpadas de vapor de sódio por lâmpadas de LED, na Rua José Fortunato</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/105/ccf08052024_0001.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/105/ccf08052024_0001.pdf</t>
   </si>
   <si>
     <t>Reparos na iluminação pública da Travessa Projetada 2 e instalação de lâmpada na Rua Manoel A. S. Fárias</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Professor Anderson</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Tome as devidas providências para o patrolamento e cascalhamento na estrada principal acesso para a comunidade da Lavrama</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Patrolamento e cascalhamento, reparos em bueiros nos trechos da estrada que dá acesso ao Sr. Antonio Taques e Sr. Poleto</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/108/indicacao_parlamentar_no05-2024_anderson__-_transporte_aos_academicos.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/108/indicacao_parlamentar_no05-2024_anderson__-_transporte_aos_academicos.docx</t>
   </si>
   <si>
     <t>O Poder Executivo avalie a Viabilidade de promover recursos integrais em Palmas</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Jucelio</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/110/indicacao_parlamentar_no07-2024-_ver_-jucelio_-_patrolamento_na_estrada_do_pedregulho.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/110/indicacao_parlamentar_no07-2024-_ver_-jucelio_-_patrolamento_na_estrada_do_pedregulho.docx</t>
   </si>
   <si>
     <t>Patrolamento e Cascalhamento da estrada que atende a localidade do Pedregulho, da propriedade do Sr. Amarildo Fontana, ProfºCosta e da Familia Venites.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/111/indicacao_parlamentar_no08-2024-_ver_-jucelio_-_manutencao_bueiros_vila_canhoto.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/111/indicacao_parlamentar_no08-2024-_ver_-jucelio_-_manutencao_bueiros_vila_canhoto.docx</t>
   </si>
   <si>
     <t>Providencie a Manutenção de recuperação,limpeza e demais serviços para o bom funcionamento, no que se refere ao escoamento de aguas pluviais, em todos os bueiros existentes na Vila Canhoto.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/112/indicacao_parlamentar_no09-2024-_ver_-_kiko-_estudo_de_viabilidade_para_contrucao_de_cobertura_em_frente_as_escolas.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/112/indicacao_parlamentar_no09-2024-_ver_-_kiko-_estudo_de_viabilidade_para_contrucao_de_cobertura_em_frente_as_escolas.docx</t>
   </si>
   <si>
     <t>Realize um estudo de Viabilidade para a construção de coberturas em frente as Escolas e Centros Municipais de Educação Infantil (CMEIs) da rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Valdir</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/113/indicacao_parlamentar_no10.2024_-_ver-valdir_castanha-_solicitando_lombada_proximo_ao_senhor_ademir_dos_santos_araujo..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/113/indicacao_parlamentar_no10.2024_-_ver-valdir_castanha-_solicitando_lombada_proximo_ao_senhor_ademir_dos_santos_araujo..docx</t>
   </si>
   <si>
     <t>Realize a instalação de uma lombada (quebra molas) nas proximidades da propriedade do Sr. Admir dos Santos Araujo</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>João Evandro</t>
   </si>
   <si>
     <t>Realize a implantação de um ponto de ônibus na comunidade do Pedregulho, especificamente na encruzilhada do Sr Amarildo Fontana.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/115/indicacao_parlamentar_no12.2024._galerias_pluviais-_joao_evandro-_vila_canhoto.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/115/indicacao_parlamentar_no12.2024._galerias_pluviais-_joao_evandro-_vila_canhoto.docx</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, para proceder a construção de galerias de águas Pluviais na vila Canhoto e Rua José Salvador.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/116/indicacao_parlamentar_no13-2024_anderson__-_patrolamento_do_abarracamento.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/116/indicacao_parlamentar_no13-2024_anderson__-_patrolamento_do_abarracamento.docx</t>
   </si>
   <si>
     <t>Patrolamento e cascalhamento na estrada do Barracamento</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/117/indicacao_parlamentar_no14-2024_anderson__-_patrolamento_da_estrada_que_da_acesso_a_fazenda_ze_maria..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/117/indicacao_parlamentar_no14-2024_anderson__-_patrolamento_da_estrada_que_da_acesso_a_fazenda_ze_maria..docx</t>
   </si>
   <si>
     <t>Patrolamento e cascalhamento na estrada principal que dá acesso a Fazenda do Sr. Zé Maria</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/118/indicacao_parlamentar_no15-2024_anderson__-_patrolamento_da_estrada_ferronato..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/118/indicacao_parlamentar_no15-2024_anderson__-_patrolamento_da_estrada_ferronato..docx</t>
   </si>
   <si>
     <t>Patrolamento e Cascalhamento na estrada Ferronato</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/119/indicacao_parlamentar_no16-2024-_joao__-_patrolamento_da_estrada_do_pouso_frio..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/119/indicacao_parlamentar_no16-2024-_joao__-_patrolamento_da_estrada_do_pouso_frio..docx</t>
   </si>
   <si>
     <t>Patrolamento e Cascalhamento na estrada do Polso frio, especifamente nas Proximidades do Sr. Luciano Margreitter.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/120/indicacao_parlamentar_no17-2024__-_valdir_castanha_instalar_lampadas_de_led_na_rua_antonio_francisco_taques_guimaraes.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/120/indicacao_parlamentar_no17-2024__-_valdir_castanha_instalar_lampadas_de_led_na_rua_antonio_francisco_taques_guimaraes.docx</t>
   </si>
   <si>
     <t>instalação de lâmpadas de Led na Rua Antônio Francisco Taques Guimarães</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Kiko</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/121/indicacao_parlamentar_no18-2024-_kiko_-_instalacao_de_regua_linimetrica_na_ponte_molhada.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/121/indicacao_parlamentar_no18-2024-_kiko_-_instalacao_de_regua_linimetrica_na_ponte_molhada.docx</t>
   </si>
   <si>
     <t>Instalação de uma régua Linimétrica na Ponte Molhada ( do Rio Iratim) para monitoramento do rio.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/122/indicacao_parlamentar_no19-2024-_jucelio_camargo__-_patrolamento_da_estrada_comunidade_alegria..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/122/indicacao_parlamentar_no19-2024-_jucelio_camargo__-_patrolamento_da_estrada_comunidade_alegria..docx</t>
   </si>
   <si>
     <t>Patrolamento e cascalhamento na linha da cominidade alegria.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/123/indicacao_parlamentar_no20-2024-_kiko_tiago_-dado_populacao.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/123/indicacao_parlamentar_no20-2024-_kiko_tiago_-dado_populacao.docx</t>
   </si>
   <si>
     <t>Revisão minuciosa dos dados apresentados durante a recente audiência pública de saúde, com especial atenção aos números fornecidos pelo instituto Brasileiro de Geografia e Estatísticas (IBGE) relacionados ao número de residentes ou população flutuante em nosso Municipio.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/124/indicacao_parlamentar_no21-2024-_jucelio_intalacao_de_arquibancadas_ao_lado_do_ginasio_de_esportes..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/124/indicacao_parlamentar_no21-2024-_jucelio_intalacao_de_arquibancadas_ao_lado_do_ginasio_de_esportes..docx</t>
   </si>
   <si>
     <t>Ainstalação de arquibancadas ao lado do Ginasio Esportes, visando proporcionar ao público a oportunidade de assistir aos jogos de futebol 7 com mais comodidade e visibilidade.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Dr. Beto</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/125/indicacao_parlamentar_no22-2024_joao_evandro-_patrolamento_comunidade_iraras.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/125/indicacao_parlamentar_no22-2024_joao_evandro-_patrolamento_comunidade_iraras.docx</t>
   </si>
   <si>
     <t>Realize o patrolamento e demais Serviços necessários para uma boa trafegabilidade de veiculos, em toda extenção da estrada da comunidade Iraras.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/126/indicacao_parlamentar_no23-2024_kiko_-_instalacao_de_refletores_no_campo_de_futebol_municipal..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/126/indicacao_parlamentar_no23-2024_kiko_-_instalacao_de_refletores_no_campo_de_futebol_municipal..docx</t>
   </si>
   <si>
     <t>Instalalção de refletores de LED e a manutenção de troca de lâmpadas no campo de Futebol Municipal.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/127/indicacao_parlamentar_no24-2024_valdir_castanha_estudo_de_viabilidade_para_construir_quadra_na_comunidade_do_iratim.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/127/indicacao_parlamentar_no24-2024_valdir_castanha_estudo_de_viabilidade_para_construir_quadra_na_comunidade_do_iratim.docx</t>
   </si>
   <si>
     <t>A construção de uma quadra esportiva na comunidade do Iratim</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/128/indicacao_parlamentar_no25-2024_joao_evandro-_patrolamento_comunidade_estrada_marcelo_caesar..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/128/indicacao_parlamentar_no25-2024_joao_evandro-_patrolamento_comunidade_estrada_marcelo_caesar..docx</t>
   </si>
   <si>
     <t>Patrolamento e demais Serviços necessários para uma boa trafegablidade de veiculos, em toda extensão da estrada que dá acesso a propriedade do Sr. Marcelo Ribas Caesar.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/129/indicacao_parlamentar_no26-2024_joao_evandro-caminhao_pipa_dr_esgotamento_de_fossas.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/129/indicacao_parlamentar_no26-2024_joao_evandro-caminhao_pipa_dr_esgotamento_de_fossas.docx</t>
   </si>
   <si>
     <t>Que examine a viabilade de utilizar o caminhão -pipa adquerido da DR para a realização de esgotamento em fossas .</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/109/indicacao_parlamentar_no06-2024__-_jucelio_camargo-_troca_de_lampadas_na_rua_varela_ribas.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/109/indicacao_parlamentar_no06-2024__-_jucelio_camargo-_troca_de_lampadas_na_rua_varela_ribas.docx</t>
   </si>
   <si>
     <t>Realize a troca de lâmpadas na Rua Amadeus Varela Ribas, a fim de promover melhorias na iluminação Pública e garantir maior segurança e bem-estar aos moradores dessa localidade.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/130/indicacao_parlamentar_no31-2024_joao_evandro-_patrolamento_propriedades_mamangava.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/130/indicacao_parlamentar_no31-2024_joao_evandro-_patrolamento_propriedades_mamangava.docx</t>
   </si>
   <si>
     <t>Realize Patrolamento e demais Serviços, na estrada que dá acesso as propriedade do Sr. Armiro Rayzel Junior, Popularmente conhecido como Mamangava.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Realize patrolamento e demais Serviços, na estrada da Sadia</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Realize um estudo de Viabilidade urgente para o calçamento com pedras irregulares na Rua Afonso Flores. Esta via conecta-se á Avenida Augusto de Lucindorio Ferreira, bem como á Avenida que possibilita o acesso a capela Mortuaria e, posteriormente, á Avenida Clóvis Ferreira de Almeida.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/134/indicacao_parlamentar_no35-2024_ver_joao-_providencias_aos_caes_soltos_pelas_ruas..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/134/indicacao_parlamentar_no35-2024_ver_joao-_providencias_aos_caes_soltos_pelas_ruas..docx</t>
   </si>
   <si>
     <t>Tomara Providências em Relação á crescente quantidade de cães soltos pelas ruas de nossa Cidade. Este problema vem preocupando nossa População</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/135/indicacao_parlamentar_no36-2024_ver_joao-_patrolamento_no_loteamento_elenita.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/135/indicacao_parlamentar_no36-2024_ver_joao-_patrolamento_no_loteamento_elenita.docx</t>
   </si>
   <si>
     <t>Realize Patrolamento e demais Serviços necessários, no Loteamento Elenita.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/136/indicacao_parlamentar_no37-2024_ver_joao-_patrolamento_no_loteamento_tia_joana_-.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/136/indicacao_parlamentar_no37-2024_ver_joao-_patrolamento_no_loteamento_tia_joana_-.docx</t>
   </si>
   <si>
     <t>Patrolamento e Demais Serviços, no Loteamento Tia Joana, e outros loteamentos que apresentem vias não Pavimentadas.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/137/indicacao_parlamentar_no38-2024_ver_anderson_cessao_de_veiculo_para_departamento_de_esportes.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/137/indicacao_parlamentar_no38-2024_ver_anderson_cessao_de_veiculo_para_departamento_de_esportes.docx</t>
   </si>
   <si>
     <t>Sugere o Poder Executivo a cessão de um dos veiculos adqueridos por meio de Doações, conforme requerimentos e cadastro de interesse do Município para o Dpartamento Municípal de Esportes.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/138/indicacao_parlamentar_no39-2024_ver_anderson_cessao_de_onibus_para_departamento_de_esportes.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/138/indicacao_parlamentar_no39-2024_ver_anderson_cessao_de_onibus_para_departamento_de_esportes.docx</t>
   </si>
   <si>
     <t>Sujere o Poder Executivo Municipal a acessão Municipal do Ônibus de Turismo Mercedes Benz, sendo um dos veiculos adquiridos por meio de doação, sendo conforme requerimento e cadastro de interesse do Municipio para o Departamento Municipal de Esportes.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/139/indicacao_parlamentar_no40-2024__-_joao_evandro__-_patrolamento_estrada_queimados.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/139/indicacao_parlamentar_no40-2024__-_joao_evandro__-_patrolamento_estrada_queimados.docx</t>
   </si>
   <si>
     <t>O vereador João Evandro Indica o Patrolamento e cascalhamento na estrada dos Queimados e demais reparos</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/140/indicacao_parlamentar_no41-2024__-_jucelio_-_troca_de_lampadas_vila_rural.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/140/indicacao_parlamentar_no41-2024__-_jucelio_-_troca_de_lampadas_vila_rural.docx</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que realize a troca de lâmpadas na Vila Rural Alberto Carraro.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/133/ccf13062024.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/133/ccf13062024.pdf</t>
   </si>
   <si>
     <t>Patrolamento e demais Serviços, na localidad Pedra Branca</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/141/ccf13062024.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/141/ccf13062024.pdf</t>
   </si>
   <si>
     <t>Patrolanto e cascalhamento na estrada do Travessãozinho,  sentido a APAE</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/142/indicacao_parlamentar_no44-2024_ver_joao-_grades_em_bocas_de_lobos.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/142/indicacao_parlamentar_no44-2024_ver_joao-_grades_em_bocas_de_lobos.docx</t>
   </si>
   <si>
     <t>Realize a instalação de grade de proteção em boca-de-Lobo existentes em nosso Município.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/143/indicacao_parlamentar_no45-2024_melhorias_nas_estradas.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/143/indicacao_parlamentar_no45-2024_melhorias_nas_estradas.docx</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal melhorias nas Estradasa Municipais.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/144/ccf13062024_0001.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/144/ccf13062024_0001.pdf</t>
   </si>
   <si>
     <t>Indica ao Pode Executivo a construção de quadra para prática Esportiva.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/145/indicacao_parlamentar_no47.2024_areas_de_reserva_ambiental.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/145/indicacao_parlamentar_no47.2024_areas_de_reserva_ambiental.docx</t>
   </si>
   <si>
     <t>Indicar que seja realizada a abertura de procedimentos públicos para procedimentos públicos para recebimentos de propostas dos interessados em criações de áreas de preservação ambientais.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/146/indicacao_parlamentar_no48-2024__-_kiko-_faixa_de_pedestres_assembleia_de_deus..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/146/indicacao_parlamentar_no48-2024__-_kiko-_faixa_de_pedestres_assembleia_de_deus..docx</t>
   </si>
   <si>
     <t>indica que realize a instalação de faixas de pedestres nos dois sentidos da via em frente a Igreja Assembleia de Deus.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/147/indicacao_parlamentar_no49-2024_solicitando__restauracao_de_ponto_de_onibus_sao_joao_e_pedra_branca..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/147/indicacao_parlamentar_no49-2024_solicitando__restauracao_de_ponto_de_onibus_sao_joao_e_pedra_branca..docx</t>
   </si>
   <si>
     <t>Realize a restauração do ponto de ônibus localizado na comunidade da Pedra branca e são João.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/148/indicacao_parlamentar_no50-2024_solicitando__a_criacao_da_clinica-_escola_do_autista.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/148/indicacao_parlamentar_no50-2024_solicitando__a_criacao_da_clinica-_escola_do_autista.docx</t>
   </si>
   <si>
     <t>Indica a prementa necessidade de apiar a criação de CLINICA DO AUTISTA, neste  Municipio.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/149/indicacao_parlamentar_no51-2024__-_anderson-_patrolamento_pedra_butia.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/149/indicacao_parlamentar_no51-2024__-_anderson-_patrolamento_pedra_butia.docx</t>
   </si>
   <si>
     <t>INDICA ao Poder Executivo Municipal na forma regimental, que venha através de seu setor competente, realizar Patrolamento, e demais reparos necessários na localidade do Butiá, nas proximidades da propriedade do Sr. Leandro Sangali.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/150/indicacao_parlamentar_no52-2024__-_anderson-_limpeza_de_boeiros..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/150/indicacao_parlamentar_no52-2024__-_anderson-_limpeza_de_boeiros..docx</t>
   </si>
   <si>
     <t>INDICA ao Poder Executivo Municipal na forma regimental, que venha através de seu setor competente, solicitar providências para a realização de reparos necessários nos bueiros localizados nas proximidades da propriedade do senhor Antônio Borba,</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/227/indicacao_parlamentar_no53-2024__-_joaevandro_-_limpeza_de_boeiros..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/227/indicacao_parlamentar_no53-2024__-_joaevandro_-_limpeza_de_boeiros..docx</t>
   </si>
   <si>
     <t>Reparos necessários nos bueiros localizados na Comunidade Iraras.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Adilson Santa Fé</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/236/requerimento_no54.2024_prefeito_agenda.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/236/requerimento_no54.2024_prefeito_agenda.docx</t>
   </si>
   <si>
     <t>Solicita Providências para a instalação de Lombadas e Medidas de controle de poeira na Avenida Augusto Lucindório Ferreira.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Providências para a realização de reparos necessário nos bueiros localizados na Comunidade SOLAES que liga a comunidade Nova Iguaçu, proximo a propriedade do sr Zezo Zini.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Patrolamento e demais Serviços necessários na comunidade PASTO DA LAGE.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Realize reparos nas Avenida Lucindório. Essa Via tem apresentado graves problemas de acúmulo  de água, que se agravam em periodos de chuvas intensas, resultando no escoamento inadequado dessa água para as residências adjacentes.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/240/indicacao_parlamentar_no58-2024__-_reparos_ponte_pedra_branca.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/240/indicacao_parlamentar_no58-2024__-_reparos_ponte_pedra_branca.docx</t>
   </si>
   <si>
     <t>Realize reparos na comunidade da Pedra Branca.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/256/indicacao_parlamentar_no59-2024__-_ponto_de_onibus_na_chacara_do_seu_fronza..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/256/indicacao_parlamentar_no59-2024__-_ponto_de_onibus_na_chacara_do_seu_fronza..docx</t>
   </si>
   <si>
     <t>Indica que através do setor competente realize a instalação de um ponto de ônibus nas prroximidades da chácara do senhor Fronza.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/257/indicacao_parlamentar_no60-2024__-_anderson-_repinturas_de_faixas..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/257/indicacao_parlamentar_no60-2024__-_anderson-_repinturas_de_faixas..docx</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, realize a implantação de uma faixa especifica para o ponto de ônibus em frente ao posto de Saúde, bem como a repintura  das faixas especificas para o ponto de ônibus em frente ao Posto de Saúde, bem como a repintura das faixas de estacionamentos e demais sinalizações viárias que estejam necessitando de manutenção.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/258/indicacao_parlamentar_no61-2024__-_jucelio_-_fechamento_do_patio_de_maquinas_municipal.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/258/indicacao_parlamentar_no61-2024__-_jucelio_-_fechamento_do_patio_de_maquinas_municipal.docx</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, a necessidade de fechamento do Pátio de Maquinas Municipal.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/259/indicacao_parlamentar_no62-2024__-_ver_kiko_lombada_e_reparos_na_iluminacao_na_vila_rural..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/259/indicacao_parlamentar_no62-2024__-_ver_kiko_lombada_e_reparos_na_iluminacao_na_vila_rural..docx</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que sejam tomadas as seguintes providências na Vila Rural Alberto Carraro, nas próximidades da residência do Sr. Anderson Camargo.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/255/indicacao_63.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/255/indicacao_63.docx</t>
   </si>
   <si>
     <t>Solicita a intervenção do Executivo Municipal junto a companhia de saneamento do paraná ( Sanepar) para que seja realizada a extensão do abastecimento de água á partir do cavalete, situado próximo a caixa d´água localizada abaixo da APAE, até a Vila do Senhor Ezequiel Ecks.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/271/ace_scanner_2024_11_11_1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/271/ace_scanner_2024_11_11_1.pdf</t>
   </si>
   <si>
     <t>Solicitar reparos necessários nos bueiros localizados na comunidade do Travessão.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/272/ace_scanner_2024_11_11_2.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/272/ace_scanner_2024_11_11_2.pdf</t>
   </si>
   <si>
     <t>Realizar Patrolamento e demais reparos necessários na Rua Projetada 29.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/273/ccf25112024_0007.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/273/ccf25112024_0007.pdf</t>
   </si>
   <si>
     <t>O vereador que subescreve indica ao Poder Executivo, que através de seu setor copetente realize reparos na Ponte do Rio Estrela, nas proximidadesdo Sr. Joares Tonial.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>CCJ - Comissão de Contituição e Justiça, Valdair</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que venha através do seu setor competente, solicitar providências para a realização de reparos necessários nós bueiros localizados na Comunidade do Iratim, especimficamente conhecida como "Arroio do Nuncio".</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Valdair</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo para que realize reparos na Ponte do Lajeado, nas proximidades da residência do Sr. Felizberto Mathias.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Osvaldo</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/276/69.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/276/69.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, solicita providências para a Construção de Bueiros na estrada principal do Compartilhado, próximo á residência do senhor Neri Catani.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/277/70.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/277/70.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo realize a construção de uma nova ponte da Comunidade de São João Pedra Branca.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, realize a Instalação de uma lombada quebra molas na Rua josé Fortunato, nas proximidades da residência da Senhora nice Caldart e do Sr Edval Caldart.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/279/72.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/279/72.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a realizar patrolamento e demais reparos necessáros , com início do São Xavier até a Lavrama.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que realize patrolamento e demais reparos necessários, inicio na antiga Serraria do Pagliosa, até a proximidade do Sr.Zauro Eschemback.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/151/requerimento_no02.2024_-__extraordinaria.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/151/requerimento_no02.2024_-__extraordinaria.docx</t>
   </si>
   <si>
     <t>Requerimento para a realização da Segunda Sessão Extraordinária, no dia 29/01/2024, ás 09h00.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/152/requerimento_no04.2024_-_lixeiras_comunidade_nova_iguacu.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/152/requerimento_no04.2024_-_lixeiras_comunidade_nova_iguacu.docx</t>
   </si>
   <si>
     <t>Requerer que seja realizado um estudo de viabilidade para a colocação de recepiente para residuos sólidos ( Lixeiras) na comunidade nova iguaçu, e que seja feito a coleta semanalmente.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>CCJ - Comissão de Contituição e Justiça</t>
   </si>
   <si>
     <t>Requer Expedição de Oficío para que o Prefeito Municipal informe minuciosamente e justificamente o motivo pelo qual não realizou a aplicação do reajuste do piso nacional salarial do Magistério.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Adilson Santa Fé, Dr. Beto, João Evandro, Jucelio, Kiko, Tiago Montebeles</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/154/requerimento_no06.2024_autista_-_16-02-2024.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/154/requerimento_no06.2024_autista_-_16-02-2024.docx</t>
   </si>
   <si>
     <t>Requer Expedição de Oficío para que o Prefeito Municipal informe minuciosamente qual os trabalhos vem sendo realizado em prol da causa do autistas principalmente na rede de Ensino.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/155/requerimento_no07.2024_-_copel_-_16-02-2024.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/155/requerimento_no07.2024_-_copel_-_16-02-2024.docx</t>
   </si>
   <si>
     <t>Requerer Expedição de Oficio para presidência da Copel informando o descaso pelos clientes e da necessidade de tomadas de Providências paraminimização do sofrimento enfrentado pela falta de energia elétrica na comunidade da nova Iguaçu.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/156/requerimento_no08.2024_imoveis.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/156/requerimento_no08.2024_imoveis.docx</t>
   </si>
   <si>
     <t>Requerer Expedição de oficio para prefeito Municipal, como fim de que esse encaminhe o planejamento de recuperação dos imóveis Publicos, quais encontran-se em deterioração pelo uso no tempo e falta de reparos.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/157/requerimento_no09.2024_-_solicitando_rede_baixa_na_rua_projetada_3.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/157/requerimento_no09.2024_-_solicitando_rede_baixa_na_rua_projetada_3.docx</t>
   </si>
   <si>
     <t>Requer que seja realizado um estudo de viabilidade para a instalação de rede de energia de baixa tensão na rua Projetada 03.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/158/requerimento_no10.2024_-_informacoes_sobre_a_balsa.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/158/requerimento_no10.2024_-_informacoes_sobre_a_balsa.docx</t>
   </si>
   <si>
     <t>Que o Prefeito Municipal, informe o perído em que a balsa esteve fora de operação, até os dias atuais, e quais motivos que levaram a esse fato.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Requer detalhadamente informações referente a obra de calçamento em andamento na saida para o travessão.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/160/requerimento_no11.2024_-_informacoes_sobre_calcamento_travessao.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/160/requerimento_no11.2024_-_informacoes_sobre_calcamento_travessao.docx</t>
   </si>
   <si>
     <t>Requer que seja dispensada a Exigência regimental para realização de Sessão Extraordinária.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/161/requerimento_no13.2024_documentos_fiscais_janeiro_de_2024.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/161/requerimento_no13.2024_documentos_fiscais_janeiro_de_2024.docx</t>
   </si>
   <si>
     <t>Requer Expedição de ofício para o prefeito Municipal encaminhe a Demostração da Receita da Despesa .</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/162/requerimento_no14.2024_assessoria_juridica_-_01-03-2024.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/162/requerimento_no14.2024_assessoria_juridica_-_01-03-2024.docx</t>
   </si>
   <si>
     <t>Requer Expedição de Oficio para o prefeito municipal, infome quem é o responsável pela elaboração da midia, videos e matéias da impresa, que são exposta nas redes sociais da Municipalidade, e se existe supervisão por parte do gabinete nos atos ali praticados.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/163/requerimento_no15.2024_informacoes_sobre_implementacao_de_placas_informand_caminhoes.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/163/requerimento_no15.2024_informacoes_sobre_implementacao_de_placas_informand_caminhoes.docx</t>
   </si>
   <si>
     <t>Requer informações sobre a implantação de placas de sinalização, no sentido coibir, ou seja, proibir o trafego de caminhões no centro da cidade.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/164/requerimento_no16.2024-_joao-_informacoes_projeto_calcario.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/164/requerimento_no16.2024-_joao-_informacoes_projeto_calcario.docx</t>
   </si>
   <si>
     <t>Requer informações sobre o programa de distribuição de calcario aos pequenos produtores ruais .</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/165/requerimento_no17.2024_escolares_-_passo_fundo.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/165/requerimento_no17.2024_escolares_-_passo_fundo.docx</t>
   </si>
   <si>
     <t>Pra que o prefeito para que informe de forma detalhada qual transporte escolar do periodo vespertino, que era realizado na comunidade de passo fundo, não esta sendo disponibilizado.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/166/requerimento_no18.2024_ausencia_de_respostas_-_08-03-2024.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/166/requerimento_no18.2024_ausencia_de_respostas_-_08-03-2024.docx</t>
   </si>
   <si>
     <t>Requer que seja determinado pela secretária da casa, que realize o levantamento e certificação de todos os requerimentos proposto pelo subscritor, e constatado a ausência de resposta do Prefeito Municipal.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/167/requerimento_no19.2024-_joao-_informacoes_instalacao_de_cameras.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/167/requerimento_no19.2024-_joao-_informacoes_instalacao_de_cameras.docx</t>
   </si>
   <si>
     <t>Requer informação sobre a instalação de Câmaras de segurançã, nas principais entradas e saidas da cidade.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/168/requerimento_no20.2024-_beto-_informacao_sobre_reajuste_salarial.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/168/requerimento_no20.2024-_beto-_informacao_sobre_reajuste_salarial.docx</t>
   </si>
   <si>
     <t>Requer informações sobre o reajuste salarial dos servidores públicos Municipais, bem como soliciatar esclaracimento sobre o andamento do pagamento do piso salarial do magistério.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>Requer que a votação das contas referente ao exercício financeiro de 2020 de responsabilidade da Senhora Maria Antonieta de Araujo de Almeida seja realizada por votação aberta.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/170/requerimento_no22.2024__informacoes_estradas_-_marcon_-_22-03-2024.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/170/requerimento_no22.2024__informacoes_estradas_-_marcon_-_22-03-2024.docx</t>
   </si>
   <si>
     <t>Requer que seja dispensada a exigência regimental para realização de sessão Extraordinária.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/171/requerimento_no23.2024_dispensa_sessao_extraordinaria.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/171/requerimento_no23.2024_dispensa_sessao_extraordinaria.docx</t>
   </si>
   <si>
     <t>Requer que seja dispensada a exigência regimental para realização de Sessão Extraordinária.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>Dr. Beto, Tiago Montebeles</t>
   </si>
   <si>
     <t>Requer a dispensa de apresentação de parecer das comissões temáticas ao Projeto de Lei 1085/2024 e Projeto de Resolução nº01/2024</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/173/requerimento_no26.2024_dispensa_sessao_extraordinaria._1.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/173/requerimento_no26.2024_dispensa_sessao_extraordinaria._1.docx</t>
   </si>
   <si>
     <t>Requer que seja dispensada a exigência regimental para realização de Sess~ão Extraordinária.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/174/requerimento_no27.2024__informacoes_periodo_integral_nas_escolas.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/174/requerimento_no27.2024__informacoes_periodo_integral_nas_escolas.docx</t>
   </si>
   <si>
     <t>Requer informações referentes ao programa de ensino em período integral nas escolas do Município.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/175/requerimento_no28.2024_dispensa_sessao_extraordinaria..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/175/requerimento_no28.2024_dispensa_sessao_extraordinaria..docx</t>
   </si>
   <si>
     <t>Reuqer que seja dispensada a Exigência regimental para realização de Sessão Extraordinária.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/176/requerimento_no29.2024_copia_de_processo_l_prety.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/176/requerimento_no29.2024_copia_de_processo_l_prety.docx</t>
   </si>
   <si>
     <t>Requer Expedição de Ofício para fiscalização do cumpromimento das metas contratuais, com a empresa L Prety Ltda (contrato administrativo nº 99/2023)</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/177/requerimento_no30.2024_copia_de_processo_calcamento.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/177/requerimento_no30.2024_copia_de_processo_calcamento.docx</t>
   </si>
   <si>
     <t>Expedição de ofício para que o prefeito Municipal encaminhe com a máxima de urgência cópia do processo Licitatório que deu origem ao contrato administrativo nº 120/2023 de 28 de Dezembro de 2023.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/178/requerimento_no31.2024_documentos_fiscais_marco_de_2024.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/178/requerimento_no31.2024_documentos_fiscais_marco_de_2024.docx</t>
   </si>
   <si>
     <t>Requer Expedição de Ofício para que o prefeito Municipal encaminhe demostração da receita e despesa, do mês de março de 2024, para fins de fiscalização.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/179/requerimento_no32.2024-_construcao_casa_populares.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/179/requerimento_no32.2024-_construcao_casa_populares.docx</t>
   </si>
   <si>
     <t>Construção das casas Populares  do programa pro-moradia.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/180/requerimento_no33.2024-_construcao_escola_santa_rita.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/180/requerimento_no33.2024-_construcao_escola_santa_rita.docx</t>
   </si>
   <si>
     <t>Constução Escola Santa Rita de Cassia</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/181/requerimento_no34.2024_auxilio_alimentacao.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/181/requerimento_no34.2024_auxilio_alimentacao.docx</t>
   </si>
   <si>
     <t>Requer expedição de Ofício para o prefeito Municipal, para que tome ciência da Lei de Auxilio alimentação.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/182/requerimento_no35.2024-_emilia.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/182/requerimento_no35.2024-_emilia.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de cidadã Honorária de Coronel Domingos Soares á Senhora Emília Lago de Aumeida.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/183/requerimento_no36.2024-_documentos_fiscais_abril_de_2024.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/183/requerimento_no36.2024-_documentos_fiscais_abril_de_2024.docx</t>
   </si>
   <si>
     <t>Requer Expedição de Ofício para o Prefeito Municipal encaminhe a demonstração da Receita de Despesas do mês de Abril.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/184/requerimento_no37.2024_-_ausencia_de_respostas_-24-05-2024.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/184/requerimento_no37.2024_-_ausencia_de_respostas_-24-05-2024.docx</t>
   </si>
   <si>
     <t>Requer que seja determinado a secretária da casa, que realize o levantamento e certificação de todos os requerimentos  proposto pelo subscritor, e constado a ausência de respostas (Inércia do Prefeito municipal).</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/185/requerimento_no38.2024_-_audiencia_publica_ldo_-_comissao_financas_e_orcamento..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/185/requerimento_no38.2024_-_audiencia_publica_ldo_-_comissao_financas_e_orcamento..docx</t>
   </si>
   <si>
     <t>Audiência Publica (LDO)</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/186/requerimento_no39-2024_-_solicitando_ordens_de_viagem_do_departamento_municipal_de_saude._vereador_kiko.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/186/requerimento_no39-2024_-_solicitando_ordens_de_viagem_do_departamento_municipal_de_saude._vereador_kiko.docx</t>
   </si>
   <si>
     <t>Requer que seja encaminhado a essa casa Legislativa ás cópias de Ordens de Viagem do departamento Municipal de Saúde, referente ao mês de Maio do decorrente ano.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/187/requerimento_no40.2024_dispensa_sessao_extraordinaria.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/187/requerimento_no40.2024_dispensa_sessao_extraordinaria.docx</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/228/requerimento_no41.2024-_solicitando_presenca_diretor_do_dep_de_infraestrutura-_ver-_joao.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/228/requerimento_no41.2024-_solicitando_presenca_diretor_do_dep_de_infraestrutura-_ver-_joao.docx</t>
   </si>
   <si>
     <t>Requer Expedição de Ofício ao Diretor do Departamento de Infraestrutura para que o mesmo se faça presente nesta casa Legislativa, afim de prestar informações pertinentes aos trabalhos realizados até o presente momento.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/229/requerimento_no42.2024_autismo-_ver-_beto.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/229/requerimento_no42.2024_autismo-_ver-_beto.docx</t>
   </si>
   <si>
     <t>Expedição de Ofício ao Prefeito Municipal e Diretora do Departamento de Educação, para que apresentem diagnóstico pormenorizado da quantidade de alunos com transtorno de aspectro autista TEA.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/230/requerimento_no43.2024-_votacao_aberta_parecer_joao_evandro.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/230/requerimento_no43.2024-_votacao_aberta_parecer_joao_evandro.docx</t>
   </si>
   <si>
     <t>Requer que a votação aberta do parecer prévio da corregedoria em resposta ao oficío Nº 40/2024. Assim nos termos do artigo mencionado, queiro que seja submetido o presente requerimento á votação no Plenário.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>Programa asfalto novo, vida nova</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/232/requerimento_no45.2024-_votacao_aberta_contas_bandiera.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/232/requerimento_no45.2024-_votacao_aberta_contas_bandiera.docx</t>
   </si>
   <si>
     <t>Requer que a votação das contas referente ao Execício financeiro de 2022 de responsabilidade do senhor ajandir Bandiera seja realizado por votação aberta.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/233/requerimento_no46.2024__bandieira_-_veiculos__-_16-08-2024_-_lio.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/233/requerimento_no46.2024__bandieira_-_veiculos__-_16-08-2024_-_lio.docx</t>
   </si>
   <si>
     <t>Requer que seja expedido ofício ao prefeito Municipal, para que encaminhe informaçoes de quais atividades de cunho administrativo esta sendo realizado pelo vice prefeito Municipal, além de fazer campanha com veículo da frota.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/234/requerimento_no47.2024_bandieira_-_veiculos.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/234/requerimento_no47.2024_bandieira_-_veiculos.docx</t>
   </si>
   <si>
     <t>Requer que seja Expedido ofício ao Prefeito Municipal, para que encaminhe informações de quais os veiculos da frota e quem são os respectivos motoristas, para fins de apuração de desvios de conduta em período eleitoral.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/235/requerimento_no48.2024-_agenda_prefeito.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/235/requerimento_no48.2024-_agenda_prefeito.docx</t>
   </si>
   <si>
     <t>Requer que seja expedido ofício ao Prefeito Municipal, para que apresente sua agenda oficial aos dias 12 e 13 de agosto de 2024, para fins de análise de sentimentos de eventuais ilicitos.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>Requer que seja expedido o ofício ao Prefeito Municipal, para que encaminhe informações de quais os motivos que Justificaram a contratação de um segurança</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>Requer que seja expedido ofício ao Prefeito Municipal, para que advirta o Prefeito Municipal, que ultilização de servidores públicos em campanha eleitoral é crime, além do que, se confirmada tal conduta, estejará o pedido de cassação do diploma atual e registro de eventual candidatura.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>Requer informações sobre o motivo pelo ainda não foi realizado o processo de auteração do nome da Escola Municipal do Campo Nossa Senhora das Graças - Ensino Fundamental, conforme determinada Lei 1.120/2023, originário do Projeto de Lei 18/2023, que autera o nome para " Escola Municipal do Campo João Tadeu Siqueira Taques - Ensino Fundamental.</t>
   </si>
   <si>
     <t>244</t>
   </si>
@@ -1347,918 +1347,918 @@
   <si>
     <t>Reuquer esclarecimentos acerca da não demolição do Prédio antiga escola do De Pauli. O prédio se encontra desabando e oferecenndo riscos.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Solicitação de Cópia Integral dos Projetos de Lei aprovados na última Sessão.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Requer que seja expedido ofício para o prefeito Municipal, para que informe se ele esta realizando planejamento para cumprimento da Lei do Nepotismo.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>Requer que seja expedido ofício para o Prefeito Municipal, para que encaminhe de forma pormenorizada quais os custos que a Municipalidade detém com os cagos que enquadram-se como de 'nepotismo'. conforme a lei Municipal.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/252/62.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/252/62.pdf</t>
   </si>
   <si>
     <t>Que encaminhe cópia dos laudos de potabilidade da água dos postos de saúde da lavrama e Iratim, bem como qual empresa era a responsavél pela limpeza e manutenção das caixas de armazenamento.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Adilson Santa Fé, Dr. Beto, Tiago Montebeles</t>
   </si>
   <si>
     <t>Requer expedição de ofício para que o Prefeito Municipal, encaminhe todo o processo preparatório e licitatório do Centro de Eventos Municipais.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/254/ccf17092024_0001.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/254/ccf17092024_0001.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas acerca do poço artesiano situado na comunidade do Pedregulho, o porque não esta em pleno funcionameamento, alem de que requerem que seja encaminhada cópia dos laudos de potabilidade da água do referido poço.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/261/requerimento_no65.2024_horas-maquinas_cacumbangue.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/261/requerimento_no65.2024_horas-maquinas_cacumbangue.docx</t>
   </si>
   <si>
     <t>Requer esclarecimentos ao Poder Executivo acerca da não execução dos serviços de horas maquinas ma comunidade de cacumbangue.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/262/requerimento_no66.2024-_quadras_de_areia_atras_do_ginasio_municipal.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/262/requerimento_no66.2024-_quadras_de_areia_atras_do_ginasio_municipal.docx</t>
   </si>
   <si>
     <t>Requer informações detralhadas sobre a conclusão das quadras de area localizada atrás do Ginásio Municipal, uma vez que a comunidade tem questionado o andamento da obra.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/263/requerimento_no67.2024_-_copel_-_ver._anderson.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/263/requerimento_no67.2024_-_copel_-_ver._anderson.docx</t>
   </si>
   <si>
     <t>Requer a expedição de oficio a presidencia da Copel, relatando o descaso no atendimento aos clientes deste Municipio e solicitando providências urgentes para minimizar os transtornos causados pela frequente falta de energia elétrica, que tem provocado sofrimento a população local.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/264/requerimento_no68.2024_-_sanepar_-_ver._anderson.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/264/requerimento_no68.2024_-_sanepar_-_ver._anderson.docx</t>
   </si>
   <si>
     <t>Requer expedição e formalização de oficio a Diretora Regional da Sanepar, pedindo explicações sobre e as consequencias falta de distribuição de água a população do Municipio de Coronel Domingos Soares.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/265/requerimento_no69.2024-_votacao_aberta_contas_dona_maria.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/265/requerimento_no69.2024-_votacao_aberta_contas_dona_maria.docx</t>
   </si>
   <si>
     <t>Requer que a votação das contas referente ao exercício financeiro de 2020 responsabilidade da senhora Maria Antonieta de Araujo de Almeida seja realizada por votação aberta.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/266/requerimento_no70.2024_-_lixeiras_comunidade_sadia.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/266/requerimento_no70.2024_-_lixeiras_comunidade_sadia.docx</t>
   </si>
   <si>
     <t>Requer que seja realizado um estudo de viabilidade para a colocação de recipiente para residuos solidos ( Lixeiras) na localidade da sadia, e que seja realizado a coleta semanalmente.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/267/requerimento_no71.2024-_informacoes_sobre_rede_de_esgoto..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/267/requerimento_no71.2024-_informacoes_sobre_rede_de_esgoto..docx</t>
   </si>
   <si>
     <t>Reque informações detalhada sobre o andamento das tratativas referente a implantação, manutenção e/ou aplicação da Rede de tratamento de esgoto em nossa cidade, uma vez que se trata de um serviço essencial para a qualidade de vida dos cidadões e para a preservação do Meio Ambiente.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/268/requerimento_no72.2024-_informacoes_sobre_pavimentacao_da_vila_rural.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/268/requerimento_no72.2024-_informacoes_sobre_pavimentacao_da_vila_rural.docx</t>
   </si>
   <si>
     <t>Requer sobre o andamento do Projeto de Lei 1.112/2024 que originou a Lei 1.163/2024, referente a pavimentação asfáltica da Vila Rural Alberto Carraro. considerenado que este projeto teve prioridade de urgência em sua aprovação para que o prefeito pudesse executar a referida pavimentação.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/260/requerimento_no73.2024-_informacoes_sobre_pavimentacao_em_frente_mercado_fran_souza..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/260/requerimento_no73.2024-_informacoes_sobre_pavimentacao_em_frente_mercado_fran_souza..docx</t>
   </si>
   <si>
     <t>Requer informações detalhada sobre a coclusão da pavimentação na Avenida Araucária, próximo ao estabelicimento do Mercado Fran Souza, a qual ainda não foi finalizada.  solicito esclarecimentos sobre os motivos que impedem a finalização dessa obra .</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Adilson Santa Fé, Dr. Beto, João Evandro, Tiago Montebeles, Jucelio</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/269/ace_scanner_2024_10_15.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/269/ace_scanner_2024_10_15.pdf</t>
   </si>
   <si>
     <t>Requer infomações detalhada das dispensas de cargos comissionados, de prazo temporario e estágiarios.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/270/ace_scanner_2024_11_11.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/270/ace_scanner_2024_11_11.pdf</t>
   </si>
   <si>
     <t>Requer o desarquivamento do Projeto de Lei nº 913, que "Altera dispositivo da lei nº 899/19, de 16 de Setembro de 2019'.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/281/76.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/281/76.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas quanto a reecorrente falta de plantões Médicos no nosso Município.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/282/77.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/282/77.pdf</t>
   </si>
   <si>
     <t>Vem solicitar casclarecimento quanto a retirada de maquinários e a não conclusão de serviços de cascalhamento na Comunidade do Iratim, os quais estavam em andamento.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/283/78.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/283/78.pdf</t>
   </si>
   <si>
     <t>Requer urgência no Projeto de Lei 1.118/2024</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/284/79.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/284/79.pdf</t>
   </si>
   <si>
     <t>Requer que seja dispensada a Exigência Regimental para a Realização de Sessão Extraordinária</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Dr. Beto, João Evandro</t>
   </si>
   <si>
     <t>Vêem solicitar informações a cerca da não conclusão da obra da Escola Santa Rita de Cássia, localizada na Comunidade do Chico André.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/286/81.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/286/81.pdf</t>
   </si>
   <si>
     <t>Requer que seja solicitada informações ao Orgão e Setor copetente acerca da reforma da Casa Lar.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Cria o Estatuto Municipal da Pessoa com Transtorno de Espectro Autista – TEA, a Semana Municipal de Conscientização do Autismo, institui a Política Municipal de Atendimento aos Direitos da Pessoa com TEA e a Carteirinha de Identificação, e dá outras providências.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos do Município de Coronel Domingos Soares, Estado do Paraná, a "Semana da Mulher na Política".</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Denomina Logradouro Público como travessa Lauro Fabricio das Neves a atual travessa Projetada 03, localizada no bairro centro.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Domina locradouro público como travessa dos Expedicionários a atual travessa projetada 02, localizada no bairro centro.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/192/projeto_de_lei_no06.2024_conselhos_municipais.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/192/projeto_de_lei_no06.2024_conselhos_municipais.docx</t>
   </si>
   <si>
     <t>Institui o portal dos conselhos Municipais no Municipio de Coronel Domingos Soares.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/193/projeto_de_lei_no07.2024_concessao_de_isencao_do_iptu.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/193/projeto_de_lei_no07.2024_concessao_de_isencao_do_iptu.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a insenção de IPTU ao idoso, deficiente físicos, e /ou Mental,aposentado ou pensionista no Municipio de Coronel Domingos Soares, Estado do Paraná.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Valdir, Victor Andrey Tiçãozinho</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/194/projeto_de_lei_no08.2024_-_nome_de_rua_-_ernesto_eilert.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/194/projeto_de_lei_no08.2024_-_nome_de_rua_-_ernesto_eilert.docx</t>
   </si>
   <si>
     <t>Denomina o logradouro público como Rua Ernesto Eilert a rua identificada como Rua Projetada B .</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/195/projeto_de_lei_no09.2024_lei_cargos_-_camara.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/195/projeto_de_lei_no09.2024_lei_cargos_-_camara.docx</t>
   </si>
   <si>
     <t>Altera a estrutura de cargos da câmara Municipal de Coronel Domingos Soares.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/196/projeto_de_lei_no10.2024_-_plantao_farmacias.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/196/projeto_de_lei_no10.2024_-_plantao_farmacias.docx</t>
   </si>
   <si>
     <t>Intitui o serviço de plantão de atendimento das farmácias e drogarias no Municipio de Coronel domingos Soares.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Professor Anderson, Valdir, Victor Andrey Tiçãozinho</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/197/projeto_de_lei_no11.2024_-_nome_de_rua_-_angelo_carli.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/197/projeto_de_lei_no11.2024_-_nome_de_rua_-_angelo_carli.docx</t>
   </si>
   <si>
     <t>Denomina o logradouro público com Rua Ângelo Carli a rua identificada como rua Projetada 33</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Denomina o lagradouro Público como "Rua Danilo Catani" a Rua identificada como Rua Projetada C.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/226/projeto_de_lei_1071_-_fonte_1073_1.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/226/projeto_de_lei_1071_-_fonte_1073_1.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executio Municipal a abrir um crédito Adicional Suplementar Especial no Orçamento Vigente.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>Autoriza o Poder Executio Municipal a abrir um crédito Adicional Suplementar no Orçamento Vigente.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/224/projeto_de_lei_1071_-_fonte_1073.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/224/projeto_de_lei_1071_-_fonte_1073.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executio Municipal a abrir um crédito Adicional Suplementar especial no Orçamento Vigente.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/223/projeto_de_lei_1074_-_fonte_1102.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/223/projeto_de_lei_1074_-_fonte_1102.doc</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/222/projeto_de_lei_1075-_fonte_1171_telhas_reformas_mun..doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/222/projeto_de_lei_1075-_fonte_1171_telhas_reformas_mun..doc</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/221/projeto_de_lei_1076-_fonte_1181_-_motoniveladora.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/221/projeto_de_lei_1076-_fonte_1181_-_motoniveladora.doc</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/220/projeto_de_lei_1077-_fonte_1172.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/220/projeto_de_lei_1077-_fonte_1172.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executio Municipal a abrir um crédito Adicional Suplementar e Especial no Orçamento Vigente.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/218/projeto_de_lei_1079_-_fonte_1065.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/218/projeto_de_lei_1079_-_fonte_1065.doc</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/217/projeto_de_lei_1080.2024_-_altera_dispositivos_lei.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/217/projeto_de_lei_1080.2024_-_altera_dispositivos_lei.doc</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei 815/2017</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/216/projeto_de_lei_1081.2024_-_agricultura_sim_poa.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/216/projeto_de_lei_1081.2024_-_agricultura_sim_poa.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de serviço de inspeção Municipal de Produtos de Origem Animal ( SIM/POA) e dá outras providências.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/215/projeto_de_lei_1082.2024_-_fonte_1090_esportes.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/215/projeto_de_lei_1082.2024_-_fonte_1090_esportes.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executio Municipal a abrir um crédito Adicional Suplementar e Especial.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/214/projeto_de_lei_1083.2024_-_fonte_370_enfermagem.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/214/projeto_de_lei_1083.2024_-_fonte_370_enfermagem.doc</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/213/projeto_de_lei_no1084.2024__-_fonte_49422.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/213/projeto_de_lei_no1084.2024__-_fonte_49422.doc</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/212/projeto_de_lei_no1085.2024_-_reposicao_servidores..doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/212/projeto_de_lei_no1085.2024_-_reposicao_servidores..doc</t>
   </si>
   <si>
     <t>Concede revisão anual aos vencimentos dos Servidores Públicos do Município de Coronel Domingos Soares e dá outras Providências.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/211/projeto_de_lei_no1086.2024__-_indenizacoes_e_restituicoes.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/211/projeto_de_lei_no1086.2024__-_indenizacoes_e_restituicoes.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um crédito Adicional Suplementar no Orçamento.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/210/projeto_de_lei_no1087.2024-_fonte_1191.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/210/projeto_de_lei_no1087.2024-_fonte_1191.doc</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/203/projeto_de_lei_no1088-_transporte_cidadao.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/203/projeto_de_lei_no1088-_transporte_cidadao.doc</t>
   </si>
   <si>
     <t>Institui o Programa transporte cidadão, cria novo elemento de despesa no orçamento vigente, abre crédito suplementar e especial e dá outras providências.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/207/projeto_de_lei_no1091.2024_-_fonte_504_infra.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/207/projeto_de_lei_no1091.2024_-_fonte_504_infra.doc</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/209/projeto_de_lei_no1092.2024-_ldo_2025.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/209/projeto_de_lei_no1092.2024-_ldo_2025.doc</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para elaboração da Lei de Diretrizes Orçamentárias do Município de Coronel Domingos Soares para Exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/208/projeto_de_lei_no1093_-_superavit_acao_social.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/208/projeto_de_lei_no1093_-_superavit_acao_social.doc</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/206/projeto_de_lei_no1094.2024__-_superavit_saude.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/206/projeto_de_lei_no1094.2024__-_superavit_saude.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um crédito adicional suplementar no Orçamento vigente.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/205/projeto_de_lei_no1095.2024_-_fonte_1192_1.000.000.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/205/projeto_de_lei_no1095.2024_-_fonte_1192_1.000.000.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um crédito adicional Suplementar no Orçamento vigente</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/201/projeto_de_lei_no1096_-_conselho_municipal_da_mulher.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/201/projeto_de_lei_no1096_-_conselho_municipal_da_mulher.doc</t>
   </si>
   <si>
     <t>Cria o conselho amaunicipal dos Direitos da Mulher, o Fundo Municipal do Direitos da Munlher, e dá outras Providências.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal abrir um Crédito Adicional Suplementar no Orçamento Vigente.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/204/projeto_de_lei_no1098-_fonte_1193_-_plantadeira_e_ensiladeira.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/204/projeto_de_lei_no1098-_fonte_1193_-_plantadeira_e_ensiladeira.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Abrir um crédito adicional suplementar no Orçamento Vigente.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/199/projeto_de_lei_no_1101_-_fonte_0168_-_creche_chopim.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/199/projeto_de_lei_no_1101_-_fonte_0168_-_creche_chopim.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um crédito adicional e suplementar e especial no orçamento Vigente. ]</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/200/projeto_de_lei_no_1102_-_camara.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/200/projeto_de_lei_no_1102_-_camara.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um crédito adicional e Suplementar no orçamento vigente.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/219/projeto_de_lei_1078_-_fonte_1172_1.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/219/projeto_de_lei_1078_-_fonte_1172_1.doc</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/287/projeto_de_lei_loa_2025.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/287/projeto_de_lei_loa_2025.doc</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa para o Exercício Financeiro de 2025</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>CFO</t>
   </si>
   <si>
     <t>Parecer Comissão  Finanças e Orçamento</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamentos</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/288/parecer.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/288/parecer.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 1.115/2024 estima a receita e fixa a despesa para o Exercício de 2025- Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>EMIPI</t>
   </si>
   <si>
     <t>Emendas Impositiva Individuais</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/328/adilson.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/328/adilson.pdf</t>
   </si>
   <si>
     <t>Contrapartida do Município para comprar ônibus para o Departamento de Saúde-Convênio da resolução SESA Nº 1108/2023 conforme anexo</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/331/alberto.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/331/alberto.pdf</t>
   </si>
   <si>
     <t>Contrapartida do Município para comprar ônibus para o Departamento de Saúde- Convênio da resolução SESA Nº 1108/2023 conforme anexo.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/330/ccf02042025.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/330/ccf02042025.pdf</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/332/joao.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/332/joao.pdf</t>
   </si>
   <si>
     <t>Contrapartida do Município para comprar ônibus para o Departamento de Saúde-Convênio da resolução SESA Nº 1108/2023 Conforme anexo.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/333/jucelio.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/333/jucelio.pdf</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/334/osvaldo.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/334/osvaldo.pdf</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/335/tiago.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/335/tiago.pdf</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/336/valdair.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/336/valdair.pdf</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/337/castanha.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/337/castanha.pdf</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/338/adilson_jose.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/338/adilson_jose.pdf</t>
   </si>
   <si>
     <t>Suplementar a dotação para aquisição e distribuição de erva-mate os produtores rurais de Coronel Domingos Soares.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/339/adilson.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/339/adilson.pdf</t>
   </si>
   <si>
     <t>Destinar recurso para fechar a quadra esportiva da Escola Fabricio das Neves Tortelli</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/340/alberto.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/340/alberto.pdf</t>
   </si>
   <si>
     <t>Adquirir um Playground infantil para a Escola Municipal do Campo Santa Rita de Cássia</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/341/beto.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/341/beto.pdf</t>
   </si>
   <si>
     <t>Suplementar o orçamento Municipal para a construção de quadra de Areia para que se desenvolva atividades esportivas voltadas ao futebol e vileibol da areia.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/342/anderson.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/342/anderson.pdf</t>
   </si>
   <si>
     <t>Destinar recurso para fechar a quadra esportiva da Escola Municipal Santina Peretti Carraro</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/343/anderson_2.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/343/anderson_2.pdf</t>
   </si>
   <si>
     <t>Destinar recurso para construir piso em concreto usinado na escola Municipal do Campo Francisco Taques.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/344/anderson_3.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/344/anderson_3.pdf</t>
   </si>
   <si>
     <t>Destinar recursos para fechar a quadra esportiva da escola Municipal Aurora Fabricio das Neves Tortelli</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/345/joao.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/345/joao.pdf</t>
   </si>
   <si>
     <t>Adquirir um Playgroud Infantil para a Escola Municipal do Campo Professor Miguel Telles Rodrigues.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/346/jucelio.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/346/jucelio.pdf</t>
   </si>
   <si>
     <t>Suplementar o Orçamento Municipal no atendimento de crianças e adolescentes, já entendido nas oficinas Pedagógicas.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/347/osvaldo.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/347/osvaldo.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva como objetivo de adquirir "Ares-condicionados" para a Escola Municipal Aurora Fabricio das Neves Tortelli.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/348/osvaldo_02.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/348/osvaldo_02.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva com o objetivo de Adquirir "ares-condicionados" para a Escola Municipal Santina Peretti Carraro.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>Destinar recurso para fechar a quadra esportiva da Escola Municipal Aurora Fabricio das Neves Tortelli</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/350/tiago_02.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/350/tiago_02.pdf</t>
   </si>
   <si>
     <t>Emendas Impositiva com o Objetivo de adquirir "ares-condicionados" para a Escola Municipal do Campo Professor Miguel Telles Rodrigues.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/351/tiago_3.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/351/tiago_3.pdf</t>
   </si>
   <si>
     <t>Suplementar o Orçamento Municipal para o Projeto de castração de animais (cães e gatos) em situação de rua e de famílias em situação de vulnerabilidade Social.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/352/valdair.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/352/valdair.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva destinada para a Escola Municipal do Campo Nossa Senhora Consoladora com o objetivo de comprar material de consumo.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/353/valdair_2.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/353/valdair_2.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva destinada para a escola municipal do Campo Francisco taques com o objetivo de comprar material de consumo</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/354/valdair_3.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/354/valdair_3.pdf</t>
   </si>
   <si>
     <t>Destinar recursos para fechar a quadra esportiva da Escola Municipal Aurora Fabricio das Neves Tortelli</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/355/ccf04042025.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/355/ccf04042025.pdf</t>
   </si>
   <si>
     <t>Adquirir um Playground Infantil para o Cmei Anjo da Guarda</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/356/ccf04042025.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/356/ccf04042025.pdf</t>
   </si>
   <si>
     <t>Adquirir um Playground Infantil para o Prédio de unidade pré-escolar da Escola Municipal Aurora Fabricio das Neves Tortelli</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2565,68 +2565,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/104/ccf08052024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/105/ccf08052024_0001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/108/indicacao_parlamentar_no05-2024_anderson__-_transporte_aos_academicos.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/110/indicacao_parlamentar_no07-2024-_ver_-jucelio_-_patrolamento_na_estrada_do_pedregulho.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/111/indicacao_parlamentar_no08-2024-_ver_-jucelio_-_manutencao_bueiros_vila_canhoto.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/112/indicacao_parlamentar_no09-2024-_ver_-_kiko-_estudo_de_viabilidade_para_contrucao_de_cobertura_em_frente_as_escolas.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/113/indicacao_parlamentar_no10.2024_-_ver-valdir_castanha-_solicitando_lombada_proximo_ao_senhor_ademir_dos_santos_araujo..docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/115/indicacao_parlamentar_no12.2024._galerias_pluviais-_joao_evandro-_vila_canhoto.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/116/indicacao_parlamentar_no13-2024_anderson__-_patrolamento_do_abarracamento.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/117/indicacao_parlamentar_no14-2024_anderson__-_patrolamento_da_estrada_que_da_acesso_a_fazenda_ze_maria..docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/118/indicacao_parlamentar_no15-2024_anderson__-_patrolamento_da_estrada_ferronato..docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/119/indicacao_parlamentar_no16-2024-_joao__-_patrolamento_da_estrada_do_pouso_frio..docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/120/indicacao_parlamentar_no17-2024__-_valdir_castanha_instalar_lampadas_de_led_na_rua_antonio_francisco_taques_guimaraes.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/121/indicacao_parlamentar_no18-2024-_kiko_-_instalacao_de_regua_linimetrica_na_ponte_molhada.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/122/indicacao_parlamentar_no19-2024-_jucelio_camargo__-_patrolamento_da_estrada_comunidade_alegria..docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/123/indicacao_parlamentar_no20-2024-_kiko_tiago_-dado_populacao.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/124/indicacao_parlamentar_no21-2024-_jucelio_intalacao_de_arquibancadas_ao_lado_do_ginasio_de_esportes..docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/125/indicacao_parlamentar_no22-2024_joao_evandro-_patrolamento_comunidade_iraras.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/126/indicacao_parlamentar_no23-2024_kiko_-_instalacao_de_refletores_no_campo_de_futebol_municipal..docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/127/indicacao_parlamentar_no24-2024_valdir_castanha_estudo_de_viabilidade_para_construir_quadra_na_comunidade_do_iratim.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/128/indicacao_parlamentar_no25-2024_joao_evandro-_patrolamento_comunidade_estrada_marcelo_caesar..docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/129/indicacao_parlamentar_no26-2024_joao_evandro-caminhao_pipa_dr_esgotamento_de_fossas.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/109/indicacao_parlamentar_no06-2024__-_jucelio_camargo-_troca_de_lampadas_na_rua_varela_ribas.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/130/indicacao_parlamentar_no31-2024_joao_evandro-_patrolamento_propriedades_mamangava.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/134/indicacao_parlamentar_no35-2024_ver_joao-_providencias_aos_caes_soltos_pelas_ruas..docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/135/indicacao_parlamentar_no36-2024_ver_joao-_patrolamento_no_loteamento_elenita.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/136/indicacao_parlamentar_no37-2024_ver_joao-_patrolamento_no_loteamento_tia_joana_-.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/137/indicacao_parlamentar_no38-2024_ver_anderson_cessao_de_veiculo_para_departamento_de_esportes.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/138/indicacao_parlamentar_no39-2024_ver_anderson_cessao_de_onibus_para_departamento_de_esportes.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/139/indicacao_parlamentar_no40-2024__-_joao_evandro__-_patrolamento_estrada_queimados.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/140/indicacao_parlamentar_no41-2024__-_jucelio_-_troca_de_lampadas_vila_rural.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/133/ccf13062024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/141/ccf13062024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/142/indicacao_parlamentar_no44-2024_ver_joao-_grades_em_bocas_de_lobos.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/143/indicacao_parlamentar_no45-2024_melhorias_nas_estradas.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/144/ccf13062024_0001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/145/indicacao_parlamentar_no47.2024_areas_de_reserva_ambiental.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/146/indicacao_parlamentar_no48-2024__-_kiko-_faixa_de_pedestres_assembleia_de_deus..docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/147/indicacao_parlamentar_no49-2024_solicitando__restauracao_de_ponto_de_onibus_sao_joao_e_pedra_branca..docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/148/indicacao_parlamentar_no50-2024_solicitando__a_criacao_da_clinica-_escola_do_autista.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/149/indicacao_parlamentar_no51-2024__-_anderson-_patrolamento_pedra_butia.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/150/indicacao_parlamentar_no52-2024__-_anderson-_limpeza_de_boeiros..docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/227/indicacao_parlamentar_no53-2024__-_joaevandro_-_limpeza_de_boeiros..docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/236/requerimento_no54.2024_prefeito_agenda.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/240/indicacao_parlamentar_no58-2024__-_reparos_ponte_pedra_branca.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/256/indicacao_parlamentar_no59-2024__-_ponto_de_onibus_na_chacara_do_seu_fronza..docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/257/indicacao_parlamentar_no60-2024__-_anderson-_repinturas_de_faixas..docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/258/indicacao_parlamentar_no61-2024__-_jucelio_-_fechamento_do_patio_de_maquinas_municipal.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/259/indicacao_parlamentar_no62-2024__-_ver_kiko_lombada_e_reparos_na_iluminacao_na_vila_rural..docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/255/indicacao_63.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/271/ace_scanner_2024_11_11_1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/272/ace_scanner_2024_11_11_2.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/273/ccf25112024_0007.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/276/69.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/277/70.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/279/72.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/151/requerimento_no02.2024_-__extraordinaria.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/152/requerimento_no04.2024_-_lixeiras_comunidade_nova_iguacu.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/154/requerimento_no06.2024_autista_-_16-02-2024.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/155/requerimento_no07.2024_-_copel_-_16-02-2024.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/156/requerimento_no08.2024_imoveis.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/157/requerimento_no09.2024_-_solicitando_rede_baixa_na_rua_projetada_3.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/158/requerimento_no10.2024_-_informacoes_sobre_a_balsa.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/160/requerimento_no11.2024_-_informacoes_sobre_calcamento_travessao.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/161/requerimento_no13.2024_documentos_fiscais_janeiro_de_2024.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/162/requerimento_no14.2024_assessoria_juridica_-_01-03-2024.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/163/requerimento_no15.2024_informacoes_sobre_implementacao_de_placas_informand_caminhoes.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/164/requerimento_no16.2024-_joao-_informacoes_projeto_calcario.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/165/requerimento_no17.2024_escolares_-_passo_fundo.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/166/requerimento_no18.2024_ausencia_de_respostas_-_08-03-2024.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/167/requerimento_no19.2024-_joao-_informacoes_instalacao_de_cameras.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/168/requerimento_no20.2024-_beto-_informacao_sobre_reajuste_salarial.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/170/requerimento_no22.2024__informacoes_estradas_-_marcon_-_22-03-2024.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/171/requerimento_no23.2024_dispensa_sessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/173/requerimento_no26.2024_dispensa_sessao_extraordinaria._1.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/174/requerimento_no27.2024__informacoes_periodo_integral_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/175/requerimento_no28.2024_dispensa_sessao_extraordinaria..docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/176/requerimento_no29.2024_copia_de_processo_l_prety.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/177/requerimento_no30.2024_copia_de_processo_calcamento.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/178/requerimento_no31.2024_documentos_fiscais_marco_de_2024.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/179/requerimento_no32.2024-_construcao_casa_populares.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/180/requerimento_no33.2024-_construcao_escola_santa_rita.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/181/requerimento_no34.2024_auxilio_alimentacao.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/182/requerimento_no35.2024-_emilia.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/183/requerimento_no36.2024-_documentos_fiscais_abril_de_2024.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/184/requerimento_no37.2024_-_ausencia_de_respostas_-24-05-2024.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/185/requerimento_no38.2024_-_audiencia_publica_ldo_-_comissao_financas_e_orcamento..docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/186/requerimento_no39-2024_-_solicitando_ordens_de_viagem_do_departamento_municipal_de_saude._vereador_kiko.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/187/requerimento_no40.2024_dispensa_sessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/228/requerimento_no41.2024-_solicitando_presenca_diretor_do_dep_de_infraestrutura-_ver-_joao.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/229/requerimento_no42.2024_autismo-_ver-_beto.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/230/requerimento_no43.2024-_votacao_aberta_parecer_joao_evandro.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/232/requerimento_no45.2024-_votacao_aberta_contas_bandiera.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/233/requerimento_no46.2024__bandieira_-_veiculos__-_16-08-2024_-_lio.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/234/requerimento_no47.2024_bandieira_-_veiculos.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/235/requerimento_no48.2024-_agenda_prefeito.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/252/62.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/254/ccf17092024_0001.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/261/requerimento_no65.2024_horas-maquinas_cacumbangue.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/262/requerimento_no66.2024-_quadras_de_areia_atras_do_ginasio_municipal.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/263/requerimento_no67.2024_-_copel_-_ver._anderson.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/264/requerimento_no68.2024_-_sanepar_-_ver._anderson.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/265/requerimento_no69.2024-_votacao_aberta_contas_dona_maria.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/266/requerimento_no70.2024_-_lixeiras_comunidade_sadia.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/267/requerimento_no71.2024-_informacoes_sobre_rede_de_esgoto..docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/268/requerimento_no72.2024-_informacoes_sobre_pavimentacao_da_vila_rural.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/260/requerimento_no73.2024-_informacoes_sobre_pavimentacao_em_frente_mercado_fran_souza..docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/269/ace_scanner_2024_10_15.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/270/ace_scanner_2024_11_11.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/281/76.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/282/77.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/283/78.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/284/79.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/286/81.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/192/projeto_de_lei_no06.2024_conselhos_municipais.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/193/projeto_de_lei_no07.2024_concessao_de_isencao_do_iptu.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/194/projeto_de_lei_no08.2024_-_nome_de_rua_-_ernesto_eilert.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/195/projeto_de_lei_no09.2024_lei_cargos_-_camara.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/196/projeto_de_lei_no10.2024_-_plantao_farmacias.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/197/projeto_de_lei_no11.2024_-_nome_de_rua_-_angelo_carli.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/226/projeto_de_lei_1071_-_fonte_1073_1.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/224/projeto_de_lei_1071_-_fonte_1073.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/223/projeto_de_lei_1074_-_fonte_1102.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/222/projeto_de_lei_1075-_fonte_1171_telhas_reformas_mun..doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/221/projeto_de_lei_1076-_fonte_1181_-_motoniveladora.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/220/projeto_de_lei_1077-_fonte_1172.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/218/projeto_de_lei_1079_-_fonte_1065.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/217/projeto_de_lei_1080.2024_-_altera_dispositivos_lei.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/216/projeto_de_lei_1081.2024_-_agricultura_sim_poa.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/215/projeto_de_lei_1082.2024_-_fonte_1090_esportes.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/214/projeto_de_lei_1083.2024_-_fonte_370_enfermagem.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/213/projeto_de_lei_no1084.2024__-_fonte_49422.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/212/projeto_de_lei_no1085.2024_-_reposicao_servidores..doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/211/projeto_de_lei_no1086.2024__-_indenizacoes_e_restituicoes.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/210/projeto_de_lei_no1087.2024-_fonte_1191.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/203/projeto_de_lei_no1088-_transporte_cidadao.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/207/projeto_de_lei_no1091.2024_-_fonte_504_infra.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/209/projeto_de_lei_no1092.2024-_ldo_2025.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/208/projeto_de_lei_no1093_-_superavit_acao_social.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/206/projeto_de_lei_no1094.2024__-_superavit_saude.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/205/projeto_de_lei_no1095.2024_-_fonte_1192_1.000.000.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/201/projeto_de_lei_no1096_-_conselho_municipal_da_mulher.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/204/projeto_de_lei_no1098-_fonte_1193_-_plantadeira_e_ensiladeira.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/199/projeto_de_lei_no_1101_-_fonte_0168_-_creche_chopim.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/200/projeto_de_lei_no_1102_-_camara.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/219/projeto_de_lei_1078_-_fonte_1172_1.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/287/projeto_de_lei_loa_2025.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/288/parecer.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/328/adilson.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/331/alberto.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/330/ccf02042025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/332/joao.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/333/jucelio.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/334/osvaldo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/335/tiago.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/336/valdair.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/337/castanha.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/338/adilson_jose.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/339/adilson.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/340/alberto.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/341/beto.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/342/anderson.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/343/anderson_2.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/344/anderson_3.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/345/joao.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/346/jucelio.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/347/osvaldo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/348/osvaldo_02.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/350/tiago_02.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/351/tiago_3.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/352/valdair.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/353/valdair_2.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/354/valdair_3.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/355/ccf04042025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/356/ccf04042025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/104/ccf08052024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/105/ccf08052024_0001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/108/indicacao_parlamentar_no05-2024_anderson__-_transporte_aos_academicos.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/110/indicacao_parlamentar_no07-2024-_ver_-jucelio_-_patrolamento_na_estrada_do_pedregulho.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/111/indicacao_parlamentar_no08-2024-_ver_-jucelio_-_manutencao_bueiros_vila_canhoto.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/112/indicacao_parlamentar_no09-2024-_ver_-_kiko-_estudo_de_viabilidade_para_contrucao_de_cobertura_em_frente_as_escolas.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/113/indicacao_parlamentar_no10.2024_-_ver-valdir_castanha-_solicitando_lombada_proximo_ao_senhor_ademir_dos_santos_araujo..docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/115/indicacao_parlamentar_no12.2024._galerias_pluviais-_joao_evandro-_vila_canhoto.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/116/indicacao_parlamentar_no13-2024_anderson__-_patrolamento_do_abarracamento.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/117/indicacao_parlamentar_no14-2024_anderson__-_patrolamento_da_estrada_que_da_acesso_a_fazenda_ze_maria..docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/118/indicacao_parlamentar_no15-2024_anderson__-_patrolamento_da_estrada_ferronato..docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/119/indicacao_parlamentar_no16-2024-_joao__-_patrolamento_da_estrada_do_pouso_frio..docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/120/indicacao_parlamentar_no17-2024__-_valdir_castanha_instalar_lampadas_de_led_na_rua_antonio_francisco_taques_guimaraes.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/121/indicacao_parlamentar_no18-2024-_kiko_-_instalacao_de_regua_linimetrica_na_ponte_molhada.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/122/indicacao_parlamentar_no19-2024-_jucelio_camargo__-_patrolamento_da_estrada_comunidade_alegria..docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/123/indicacao_parlamentar_no20-2024-_kiko_tiago_-dado_populacao.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/124/indicacao_parlamentar_no21-2024-_jucelio_intalacao_de_arquibancadas_ao_lado_do_ginasio_de_esportes..docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/125/indicacao_parlamentar_no22-2024_joao_evandro-_patrolamento_comunidade_iraras.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/126/indicacao_parlamentar_no23-2024_kiko_-_instalacao_de_refletores_no_campo_de_futebol_municipal..docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/127/indicacao_parlamentar_no24-2024_valdir_castanha_estudo_de_viabilidade_para_construir_quadra_na_comunidade_do_iratim.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/128/indicacao_parlamentar_no25-2024_joao_evandro-_patrolamento_comunidade_estrada_marcelo_caesar..docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/129/indicacao_parlamentar_no26-2024_joao_evandro-caminhao_pipa_dr_esgotamento_de_fossas.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/109/indicacao_parlamentar_no06-2024__-_jucelio_camargo-_troca_de_lampadas_na_rua_varela_ribas.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/130/indicacao_parlamentar_no31-2024_joao_evandro-_patrolamento_propriedades_mamangava.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/134/indicacao_parlamentar_no35-2024_ver_joao-_providencias_aos_caes_soltos_pelas_ruas..docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/135/indicacao_parlamentar_no36-2024_ver_joao-_patrolamento_no_loteamento_elenita.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/136/indicacao_parlamentar_no37-2024_ver_joao-_patrolamento_no_loteamento_tia_joana_-.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/137/indicacao_parlamentar_no38-2024_ver_anderson_cessao_de_veiculo_para_departamento_de_esportes.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/138/indicacao_parlamentar_no39-2024_ver_anderson_cessao_de_onibus_para_departamento_de_esportes.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/139/indicacao_parlamentar_no40-2024__-_joao_evandro__-_patrolamento_estrada_queimados.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/140/indicacao_parlamentar_no41-2024__-_jucelio_-_troca_de_lampadas_vila_rural.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/133/ccf13062024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/141/ccf13062024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/142/indicacao_parlamentar_no44-2024_ver_joao-_grades_em_bocas_de_lobos.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/143/indicacao_parlamentar_no45-2024_melhorias_nas_estradas.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/144/ccf13062024_0001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/145/indicacao_parlamentar_no47.2024_areas_de_reserva_ambiental.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/146/indicacao_parlamentar_no48-2024__-_kiko-_faixa_de_pedestres_assembleia_de_deus..docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/147/indicacao_parlamentar_no49-2024_solicitando__restauracao_de_ponto_de_onibus_sao_joao_e_pedra_branca..docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/148/indicacao_parlamentar_no50-2024_solicitando__a_criacao_da_clinica-_escola_do_autista.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/149/indicacao_parlamentar_no51-2024__-_anderson-_patrolamento_pedra_butia.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/150/indicacao_parlamentar_no52-2024__-_anderson-_limpeza_de_boeiros..docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/227/indicacao_parlamentar_no53-2024__-_joaevandro_-_limpeza_de_boeiros..docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/236/requerimento_no54.2024_prefeito_agenda.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/240/indicacao_parlamentar_no58-2024__-_reparos_ponte_pedra_branca.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/256/indicacao_parlamentar_no59-2024__-_ponto_de_onibus_na_chacara_do_seu_fronza..docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/257/indicacao_parlamentar_no60-2024__-_anderson-_repinturas_de_faixas..docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/258/indicacao_parlamentar_no61-2024__-_jucelio_-_fechamento_do_patio_de_maquinas_municipal.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/259/indicacao_parlamentar_no62-2024__-_ver_kiko_lombada_e_reparos_na_iluminacao_na_vila_rural..docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/255/indicacao_63.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/271/ace_scanner_2024_11_11_1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/272/ace_scanner_2024_11_11_2.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/273/ccf25112024_0007.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/276/69.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/277/70.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/279/72.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/151/requerimento_no02.2024_-__extraordinaria.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/152/requerimento_no04.2024_-_lixeiras_comunidade_nova_iguacu.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/154/requerimento_no06.2024_autista_-_16-02-2024.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/155/requerimento_no07.2024_-_copel_-_16-02-2024.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/156/requerimento_no08.2024_imoveis.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/157/requerimento_no09.2024_-_solicitando_rede_baixa_na_rua_projetada_3.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/158/requerimento_no10.2024_-_informacoes_sobre_a_balsa.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/160/requerimento_no11.2024_-_informacoes_sobre_calcamento_travessao.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/161/requerimento_no13.2024_documentos_fiscais_janeiro_de_2024.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/162/requerimento_no14.2024_assessoria_juridica_-_01-03-2024.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/163/requerimento_no15.2024_informacoes_sobre_implementacao_de_placas_informand_caminhoes.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/164/requerimento_no16.2024-_joao-_informacoes_projeto_calcario.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/165/requerimento_no17.2024_escolares_-_passo_fundo.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/166/requerimento_no18.2024_ausencia_de_respostas_-_08-03-2024.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/167/requerimento_no19.2024-_joao-_informacoes_instalacao_de_cameras.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/168/requerimento_no20.2024-_beto-_informacao_sobre_reajuste_salarial.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/170/requerimento_no22.2024__informacoes_estradas_-_marcon_-_22-03-2024.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/171/requerimento_no23.2024_dispensa_sessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/173/requerimento_no26.2024_dispensa_sessao_extraordinaria._1.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/174/requerimento_no27.2024__informacoes_periodo_integral_nas_escolas.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/175/requerimento_no28.2024_dispensa_sessao_extraordinaria..docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/176/requerimento_no29.2024_copia_de_processo_l_prety.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/177/requerimento_no30.2024_copia_de_processo_calcamento.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/178/requerimento_no31.2024_documentos_fiscais_marco_de_2024.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/179/requerimento_no32.2024-_construcao_casa_populares.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/180/requerimento_no33.2024-_construcao_escola_santa_rita.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/181/requerimento_no34.2024_auxilio_alimentacao.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/182/requerimento_no35.2024-_emilia.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/183/requerimento_no36.2024-_documentos_fiscais_abril_de_2024.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/184/requerimento_no37.2024_-_ausencia_de_respostas_-24-05-2024.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/185/requerimento_no38.2024_-_audiencia_publica_ldo_-_comissao_financas_e_orcamento..docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/186/requerimento_no39-2024_-_solicitando_ordens_de_viagem_do_departamento_municipal_de_saude._vereador_kiko.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/187/requerimento_no40.2024_dispensa_sessao_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/228/requerimento_no41.2024-_solicitando_presenca_diretor_do_dep_de_infraestrutura-_ver-_joao.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/229/requerimento_no42.2024_autismo-_ver-_beto.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/230/requerimento_no43.2024-_votacao_aberta_parecer_joao_evandro.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/232/requerimento_no45.2024-_votacao_aberta_contas_bandiera.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/233/requerimento_no46.2024__bandieira_-_veiculos__-_16-08-2024_-_lio.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/234/requerimento_no47.2024_bandieira_-_veiculos.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/235/requerimento_no48.2024-_agenda_prefeito.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/252/62.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/254/ccf17092024_0001.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/261/requerimento_no65.2024_horas-maquinas_cacumbangue.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/262/requerimento_no66.2024-_quadras_de_areia_atras_do_ginasio_municipal.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/263/requerimento_no67.2024_-_copel_-_ver._anderson.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/264/requerimento_no68.2024_-_sanepar_-_ver._anderson.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/265/requerimento_no69.2024-_votacao_aberta_contas_dona_maria.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/266/requerimento_no70.2024_-_lixeiras_comunidade_sadia.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/267/requerimento_no71.2024-_informacoes_sobre_rede_de_esgoto..docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/268/requerimento_no72.2024-_informacoes_sobre_pavimentacao_da_vila_rural.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/260/requerimento_no73.2024-_informacoes_sobre_pavimentacao_em_frente_mercado_fran_souza..docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/269/ace_scanner_2024_10_15.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/270/ace_scanner_2024_11_11.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/281/76.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/282/77.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/283/78.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/284/79.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/286/81.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/192/projeto_de_lei_no06.2024_conselhos_municipais.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/193/projeto_de_lei_no07.2024_concessao_de_isencao_do_iptu.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/194/projeto_de_lei_no08.2024_-_nome_de_rua_-_ernesto_eilert.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/195/projeto_de_lei_no09.2024_lei_cargos_-_camara.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/196/projeto_de_lei_no10.2024_-_plantao_farmacias.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/197/projeto_de_lei_no11.2024_-_nome_de_rua_-_angelo_carli.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/226/projeto_de_lei_1071_-_fonte_1073_1.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/224/projeto_de_lei_1071_-_fonte_1073.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/223/projeto_de_lei_1074_-_fonte_1102.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/222/projeto_de_lei_1075-_fonte_1171_telhas_reformas_mun..doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/221/projeto_de_lei_1076-_fonte_1181_-_motoniveladora.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/220/projeto_de_lei_1077-_fonte_1172.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/218/projeto_de_lei_1079_-_fonte_1065.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/217/projeto_de_lei_1080.2024_-_altera_dispositivos_lei.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/216/projeto_de_lei_1081.2024_-_agricultura_sim_poa.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/215/projeto_de_lei_1082.2024_-_fonte_1090_esportes.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/214/projeto_de_lei_1083.2024_-_fonte_370_enfermagem.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/213/projeto_de_lei_no1084.2024__-_fonte_49422.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/212/projeto_de_lei_no1085.2024_-_reposicao_servidores..doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/211/projeto_de_lei_no1086.2024__-_indenizacoes_e_restituicoes.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/210/projeto_de_lei_no1087.2024-_fonte_1191.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/203/projeto_de_lei_no1088-_transporte_cidadao.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/207/projeto_de_lei_no1091.2024_-_fonte_504_infra.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/209/projeto_de_lei_no1092.2024-_ldo_2025.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/208/projeto_de_lei_no1093_-_superavit_acao_social.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/206/projeto_de_lei_no1094.2024__-_superavit_saude.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/205/projeto_de_lei_no1095.2024_-_fonte_1192_1.000.000.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/201/projeto_de_lei_no1096_-_conselho_municipal_da_mulher.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/204/projeto_de_lei_no1098-_fonte_1193_-_plantadeira_e_ensiladeira.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/199/projeto_de_lei_no_1101_-_fonte_0168_-_creche_chopim.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/200/projeto_de_lei_no_1102_-_camara.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/219/projeto_de_lei_1078_-_fonte_1172_1.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/287/projeto_de_lei_loa_2025.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/288/parecer.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/328/adilson.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/331/alberto.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/330/ccf02042025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/332/joao.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/333/jucelio.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/334/osvaldo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/335/tiago.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/336/valdair.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/337/castanha.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/338/adilson_jose.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/339/adilson.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/340/alberto.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/341/beto.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/342/anderson.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/343/anderson_2.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/344/anderson_3.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/345/joao.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/346/jucelio.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/347/osvaldo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/348/osvaldo_02.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/350/tiago_02.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/351/tiago_3.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/352/valdair.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/353/valdair_2.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/354/valdair_3.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/355/ccf04042025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2024/356/ccf04042025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H214"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="65.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="203.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="202.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>