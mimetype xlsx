--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1110" uniqueCount="564">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1669" uniqueCount="800">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -917,50 +917,223 @@
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_parlamentar_no74-2025__-_implantacao_de_floreira_na_avenida_1760991345544.pdf</t>
   </si>
   <si>
     <t>A vereadora que a presente subscreve no uso de suas atribuições legais e regimentais, INDICA ao Poder Executivo Municipal, que, por meio do setor competente, implantação de canteiros com pavers e floreiras ao longo de toda a Avenida Araucária, desde o seu início até o final, com o objetivo de embelezar e harmonizar o ambiente urbano, proporcionando um espaço mais agradável e acolhedor para os moradores e visitantes.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_parlamentar_no75-2025__-_campinho_de_areia_na_esola_municipal_iraras_1760991406307.pdf</t>
   </si>
   <si>
     <t>A vereadora que a presente subscreve no uso de suas atribuições legais e_x000D_
 regimentais, INDICA ao Poder Executivo Municipal, que seja providenciada a_x000D_
 construção de um campinho de areia na Escola Municipal do Campo Iraras.</t>
   </si>
   <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_76.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, e ao setor competente as Secretarias de indústria e Comércio e de Meio Ambiente que seja um estudo de viabilidade técnica e ambiental, visando a abertura de diálogo com a empresa Compemad Painéis, com o objetivo de analisar e implementar medidas de contenção da fuligem de serragem gerada pelas atividades industriais da referida empresa.</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_77.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que por, meio do departamento competente, seja realizado o patrolamento e o cascalhamento das estradas que atendem a comunidade 27 de outubro.</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/474/ccf_000099.pdf</t>
+  </si>
+  <si>
+    <t>Indicam ao Poder Executivo Municipal, que seja realizada, com urgência, uma reforma geral na Escola do Campo Iraras, incluindo a manutenção e reparos da estrutura fisicas, bem como o fechamento do pátio, podendo ser últilizado tela de proteção ou outro material adequado, de forma a garantir maior segurança e conforto aos alunos, professores e demais servidores.</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/477/indi_79.pdf</t>
+  </si>
+  <si>
+    <t>Indicam ao Poder Executivo Municipal, que seja dada uma atenção especial à Avenidade Lucindório e suas travessas, especialmente nas proximidades do Recanto Silva, uma vez que as referidas Vias encontra-se em condições instransitáveis, dificultando o tráfego de veículos e acesso dos moradores.</t>
+  </si>
+  <si>
+    <t>478</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/478/indi80.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que, por meio do Departemaneto competente, seja realizado o patrolamento e cascalhamento nas proximidades da fazenda do Sr. Celcio Reis, até a propriedade do Sr. Alvaro.</t>
+  </si>
+  <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/479/indica81.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que determine ao setor competente da Administração a instalação de lixeias na Comunidade do Compartilhado, neste Município.</t>
+  </si>
+  <si>
+    <t>486</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/486/indicacao_82.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que determine ao setor competente da Administração, patrolamento e serviços de reparo na Rua Projetada 02, situada uma rua acima da rádio.</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao_83.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que determine ao setor competente da Administração, o patrolamento e cascalhamento da estrada principal da comunidade Iraras, especialmente no trecho que dá acesso á Usina foz do Estrela.</t>
+  </si>
+  <si>
+    <t>488</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_parlamentar_no84-2025__-_troca_de_lampadas_na_vila_rural._ver._anderson_1763579042908.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Poder Executivo Municipal, por meio do setor_x000D_
+competente, providencie a troca das lâmpadas queimadas na Vila Rural Alberto_x000D_
+Carraro.</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_parlamentar_no85-2025__-_lixeiras_para_vila_rural_e_morro_do_piolho._1763579047093.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Poder Executivo Municipal, que sejam disponibilizadas três (03) lixeiras para a Vila Rural Alberto Carraro e três (03) lixeiras para o bairro popularmente conhecido como Morro do Piolho.</t>
+  </si>
+  <si>
+    <t>490</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_parlamentar_no86-2025__-_reparos_nova_iguacu_proximo_nas_proximidades_do_calcamento._1763579045312.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Poder Executivo Municipal, que determine ao setor_x000D_
+competente a realização de reparos nos bueiros e valetas da comunidade Nova_x000D_
+Iguaçu, visando garantir o adequado escoamento da água proveniente da parte_x000D_
+superior do calçamento.</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/492/87.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, a necessidade de instalação de uma lixeira Pública na Avenida Lucidório, nas proximidades do estabelecimento Recanto Silva.</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/493/88.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, determine ao setor competente a realização de limpeza e abertura de Bueiros localizados em frente à Igreja Assembleia de Deus, na Comunidade do Pedregulho.</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_89.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Poder Executivo Municipal, que seja realizado um estudo de viabilidade para analisar a possibilidade de disponibilizar um ônibus para atendimento da comunidade Nova Iguaçu, considerando as dificuldades de acesso enfrentadas pelos moradores em razão das obras de pavimentação atualmente em execução.</t>
+  </si>
+  <si>
     <t>299</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Adilson Santa Fé</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_no01.2025-_votacao_aberta_eleicao_mesa_diretora_2025..docx</t>
   </si>
   <si>
     <t>Requer que a votação da eleição da nova Mesa Diretora para o ano de 2025 seja realizado por votação aberta .</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_no02.2025-_informacoes_sobre_pavimentacao_da_vila_rural_e_travessao..docx</t>
   </si>
   <si>
     <t>Pavimentação Vila Rural</t>
@@ -1158,50 +1331,95 @@
   <si>
     <t>453</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_35.pdf</t>
   </si>
   <si>
     <t>requer ao poder executivo Municipal que sejam prestadas informações sobre os motivos pelos quais não está sendo cumprida a Lei Muncipal nº 660/2013, que autoriza a implantação do programa "PORTEIRA A DENTRO".</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>Requer que sejam prestadas as seguintes informações a respeito do corte de diárias destinas aos servidores do Departamento Municipal de Saúde.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_37.pdf</t>
   </si>
   <si>
     <t>Requer solicitando o cumprimento da Lei Municipal nº 967/2021, que "Dispõe a instalação de câmeras de monitoriamento de segurança nas escolas públicas municipais  e dá outras providências."</t>
   </si>
   <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_38.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Poder Executivo Munipal que sejam encaminhadas a esta Casa Legislativa informações detalhadas sobre o valor do aluguel do imóvel utilizado como Centro de Convivência do idoso.</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/469/ccf_000092.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações detalhadas acerca da situação do poço artesiano localizado na comunidade do Pedregulho, considerando que o mesmo não se encontra em pleno funcionamento.</t>
+  </si>
+  <si>
+    <t>475</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_40.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal, que informe a esta casa de Leis quais medidas fram adotadas junto a empresa COHAPAR em relação ás casas entregues aos moradores, considerando que as condições atuais das referidas moradias são extremanente precárias.</t>
+  </si>
+  <si>
+    <t>476</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_41.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal sejam prestadas informações referentes ao pagamento de adicional de insalubridade aos servidores deste Municipio.</t>
+  </si>
+  <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/503/requermento_42.pdf</t>
+  </si>
+  <si>
+    <t>Requer que a votação da Eleição da Nova Mesa Diretora para o ano de 2026 seja realizada por votação aberta, conforme previsão do art.238, inciso VI, alinea f do regimento interno desta casa Legislativa.</t>
+  </si>
+  <si>
     <t>364</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei..pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 1.145/2024, que institui a lei contra a prática de nepotismo no âmbito do município de Coronel Domingos Soares, e dá outras providências*</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/376/pl_resolucao.pdf</t>
   </si>
   <si>
     <t>Cria a Ouvidoria Legislativa da Câmara Municipal de Coronel Domingos Soares e dispõe sobre suas Atribuições e cargos de Ouvidor Legislativo.</t>
   </si>
   <si>
     <t>385</t>
@@ -1234,50 +1452,59 @@
   <si>
     <t>Dispõe sobre a denominação do campo de futebol, localizado na Rua José Maria Beles da Silveira, Município de_x000D_
 Coronel Domingos Soares, com o nome de Orlei Lopes Sant’ana, e dá outras providências.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/431/pl_08_2025_camara_mirin.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A CÂMARA MIRIM NO MUNICÍPIO DE CORONEL DOMINGOS SOARES, E DETERMINA OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>José, Daniele, Fernando, Jurandir, Nara</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/455/pl_09_2025_1759769338276.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Projetada C, localizada no perímetro urbano do Município de Coronel Domingos Soares, coordenadas 26°13'15"S 52°01'43"W a 26°13'11"S 52°01'38"W com o nome de "Rua João Evangelista Nunes".</t>
+  </si>
+  <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/502/projeto_de_lei_1764953523327.pdf</t>
+  </si>
+  <si>
+    <t>Denomina o local urbano denominado "Morro do Piolho" como “João Maria Tereza” e determina a regulamentação do Poder Executivo para estabelecer limites e coordenadas geográficas do referido bairro.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Maria Antonieta de Araujo Almeida</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_no1125.2025_-_institui_o_refis_2025.doc</t>
   </si>
   <si>
     <t>Súmula: Institui o Programa de Recuperação Fiscal - REFIS, no Município de Coronel Domingos Soares e proporciona outras providências.</t>
   </si>
   <si>
     <t>289</t>
   </si>
@@ -1637,50 +1864,158 @@
   <si>
     <t>451</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/451/ccf_000068.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art.  1º da Lei Municipal nº1.157/2025, de 14 de Junho de 2024 e revoga o art. 1º da Lei 1.214/2025</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/463/pl_1164.pdf</t>
   </si>
   <si>
     <t>Autoriza ao Poder Executivo Municipal a Abrir um Crédito Adicional Suplementar e Especial no Orçamento Vigênte.</t>
   </si>
   <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/467/pl_1165.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Suplementar e especial no Orçamento Vigente.</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_de_lei_1166.2025_-_ratificacao_do_protocolo_de_intencoes_consorcio_intermunicipal_de_servicos_ambientais_-_cisa.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe acerca da ratificação do protocolo de intenções do Consórcio Intermunicipal de Serviços Ambientais (CISA) e dá outras providências</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/481/projeto_de_lei_1167.2025_-_cedencia_de_servidores_minuta.pdf</t>
+  </si>
+  <si>
+    <t>: Dispõe sobre a cessão, recebimento em cessão ou permuta de servidores, empregados públicos e estagiários, na forma em que específica, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/482/projeto_de_lei_1168.2025_-_emprestimos_consignados.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A PACTUAR COM INSTITUIÇÕES FINANCEIRAS E REGULA A CONCESSÃO DE EMPRÉSTIMOS CONSIGNADOS PARA SERVIDORES PÚBLICOS E DEMAIS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/483/projeto_de_lei_1169.2025_-_expocel.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Feira de Exposição Municipal de Coronel Domingos Soares – EXPOCEL e dá outras providências.</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>1170</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/484/projeto_de_lei_1170.2025_-_altera_dispositivos_da_lei_815.2017.pdf</t>
+  </si>
+  <si>
+    <t>Altera e insere dispositivos na Lei 815/17.</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/485/projeto_de_lei_1171.2025_-_revogacao_casa_de_apoio.pdf</t>
+  </si>
+  <si>
+    <t>Revoga-se na íntegra a Lei 981/2021.</t>
+  </si>
+  <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/494/projeto_de_lei_1172-2025.pdf</t>
+  </si>
+  <si>
+    <t>DECLARA DE UTILIDADE PÚBLICA A ESTADA PRT - 403 - ESTRADA FAZENDA SÃO XAVIER A LAVRAMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_1173.2025_-_ratificacao_protocolo_de_intencoes_parana_saude-1.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal nº. 11.107/2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS).</t>
+  </si>
+  <si>
     <t>405</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/405/pl_1.145.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre requisitos para a proposição de Execuções Judiciais e dá outras providências.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>José, Daniele, Jurandir, Nara</t>
@@ -1722,50 +2057,428 @@
     <t>Autoriza o Poder Legislativo a firmar convênio com entidades_x000D_
 financeiras para viabilizar empréstimos com consignação em folha de_x000D_
 pagamento aos Servidores Públicos e aos Vereadores da Câmara_x000D_
 Municipal de Coronel Domingos Soares – Estado do Paraná.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/311/resolucao_03.2025_concede_reposicao_monetaria_subsidio_presidente_vereadores__e_atualizacao_do_vale_alimentacao_servidores_da_camara.pdf</t>
   </si>
   <si>
     <t>Concede reposição monetária dos subsídios do Presidente,_x000D_
 Vereadores, e dos vencimentos e auxilio alimentação dos Servidores da_x000D_
 Câmara Municipal de Coronel Domingos Soares, Estado do Paraná e da_x000D_
 outras Providencias.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_resolucao_fechamento_pauta_1759771046498.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 144 da Resolução nº 03/2022, que aprova o Regimento Interno da Câmara Municipal de Coronel Domingos Soares, e revoga a Portaria nº 04/2023.</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/472/resolucao_08.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a programação financeira de ingressos e Cronograma de Execução Bimestral de Desembolso para o Legislativo Municipal para o Exercício Financeiro de 2026.''</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>Mesa Diretora, Daniele, José, Jurandir, Nara</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_resolucao_09.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instituição do regime de teletrabalho para os servidores da Câmara Municipal de Vereadores de Coronel Domingos Soares</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/471/projeto_de_resolucao_10_2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Sistema de Apoio ao Processo Legislativo (SAPL) como sistema oficial da Câmara Municipal de Vereadores de Coronel Domingos Soares e regulamenta suas funções e a utilização pelos setores competentes.</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/473/pl_de_resolucao_11.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a aprovação do Plano de Contratação Anual da Câmara Municipal de Coronel Domingos Soares para o Execício de 2026".</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>EMDIS</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva Saúde</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/529/1.pdf</t>
+  </si>
+  <si>
+    <t>Reforma, manutenção e adquação, pintura predial, refazimento de calçadas e instalações de toldos para ligação entre os três blocos.</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/530/2.pdf</t>
+  </si>
+  <si>
+    <t>Reforma manutenção e adequações, Pintura predial, refazimento de calçadas e instalações de toldos para ligação entre os três blocos que compõem o Centro de Saúde.</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/531/3.pdf</t>
+  </si>
+  <si>
+    <t>532</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/532/4.pdf</t>
+  </si>
+  <si>
+    <t>533</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/533/5.pdf</t>
+  </si>
+  <si>
+    <t>534</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/534/6.pdf</t>
+  </si>
+  <si>
+    <t>535</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/535/7.pdf</t>
+  </si>
+  <si>
+    <t>536</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/536/8.pdf</t>
+  </si>
+  <si>
+    <t>537</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/537/9.pdf</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>EMIPI</t>
+  </si>
+  <si>
+    <t>Emendas Impositiva Individuais</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/504/ccf_000126.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de playground na Escola Municipal Campo Iraras</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/505/2.pdf</t>
+  </si>
+  <si>
+    <t>Custeio de despesas com aquisição de equipamentos e climatização, aparelho de ar-Condicionado e instalação para as salas de aulas, para o CMEI Anjo da Guarda.</t>
+  </si>
+  <si>
+    <t>506</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/506/03.pdf</t>
+  </si>
+  <si>
+    <t>Equipamentos e mobiliarios em geral, aquisição de armário para compor cozinha.</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/507/01.pdf</t>
+  </si>
+  <si>
+    <t>Custeio de despesas com aquisição de materiais permanentes, mesas de escritorio, cadeira de escritório giratória, armarios, quadro branco e estantes.</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/508/02.pdf</t>
+  </si>
+  <si>
+    <t>Emenda impositiva destinada com objetivo de comprar material de consumo e material de expediente.</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/509/03.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Imositiva destinada com objetivo de adquirir equipamentos permanentes ao serviço de convivência e fortalecimento de vinculos.</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/510/01.pdf</t>
+  </si>
+  <si>
+    <t>custeio de despesas com aquisição de materiais permanentes e equipamentos de mobiliário em geral para a Escola Municipal Aurora Fabricio das Neves Tortelli.</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/511/02.pdf</t>
+  </si>
+  <si>
+    <t>Custeio de despesas com aquisição de equipamentos de climatização, aparelhos de R-Condicionado e instalação para as salas de aulas, para o Cmei Anjo da Guarda.</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/512/09.pdf</t>
+  </si>
+  <si>
+    <t>Destinada para o fechamento do pátio da Escola Municipal do Campo Francisco Taques.</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/513/10.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de uma televisão 42 polegadas para a escola Muncipal do Campo Danilo Bordidnon.</t>
+  </si>
+  <si>
+    <t>514</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/514/11.pdf</t>
+  </si>
+  <si>
+    <t>Custeio de despesas com aquisição de equipamentos de climatização, aparelhos de Ar-Condicionado e instalação para as salas de aulas, para o CMEI Anjo da Guarda.</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/515/12.pdf</t>
+  </si>
+  <si>
+    <t>fechamento do patio da Escola Municipal do Campo Iraras.</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/516/13.pdf</t>
+  </si>
+  <si>
+    <t>Custeio de despesa com aquisição de equipamentos de climatização aparelhos de Ar- Condicionado e instalação para as salas de aulas, para o CMEI Anjo da Guarda.</t>
+  </si>
+  <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/517/14.pdf</t>
+  </si>
+  <si>
+    <t>Fechamento do pátio da Ecola Municipal do Campo Iraras.</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/518/15.pdf</t>
+  </si>
+  <si>
+    <t>Fechamento do pátio da Escola Municipal do campo Francisco Taques.</t>
+  </si>
+  <si>
+    <t>519</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/519/16.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de freezer a Escla Municipal do Campo Danilo Bordignon</t>
+  </si>
+  <si>
+    <t>520</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/520/17.pdf</t>
+  </si>
+  <si>
+    <t>Custeio de despesas com aquisição de equipamentos de climatização, aparelhos de Ar-Condicionado de instalação para as salas de aulas, para o Cmei Anjo da Guarda.</t>
+  </si>
+  <si>
+    <t>521</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/521/18.pdf</t>
+  </si>
+  <si>
+    <t>Fechamento do pátio da Escola Municipal do Campo Francisco Taques</t>
+  </si>
+  <si>
+    <t>522</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/522/19.pdf</t>
+  </si>
+  <si>
+    <t>Fechamento do pátio da Escola Campo Municipal Iraras.</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/523/20.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de equipamentos de Climatização, aparelhos de Ar- Condicionado e instalação para as salas de aulas, para o Cmei Anjo da Guarda.</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/524/21.pdf</t>
+  </si>
+  <si>
+    <t>Fechamento do pátio da Escola Muncipal do Campo Iraras.</t>
+  </si>
+  <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/525/22.pdf</t>
+  </si>
+  <si>
+    <t>Fechamento do pátio da Escola Municipal Municipal do Campo Francisco Taques.</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/526/23.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de pilares para a quadra Poliesportiva da Esola Municipal do Campo Francisco Taques.</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/527/24.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de materiais para o fechamento da quadra da Esola Municipal Campo Santina Carraro.</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/528/25.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de equipamentos de  climatização, aparelho de Ar- consdicionado e instalação para as salas de aulas do Cmei Cantinho dos Sonhos - SADIA</t>
+  </si>
+  <si>
+    <t>491</t>
+  </si>
+  <si>
+    <t>OE</t>
+  </si>
+  <si>
+    <t>Oficío do Executivo</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/491/ato_de_recebimentodos_requerimentos.docx</t>
+  </si>
+  <si>
+    <t>teste</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>545</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/495/oficio_545-gab.pdf</t>
+  </si>
+  <si>
+    <t>Declara de utilidade pública a Estrada PRT- 403 – Estrada Fazenda São Xavier a Lavrama e dá outras providências.</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>550</t>
+  </si>
+  <si>
+    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/497/oficio_550.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha o Projeto de Lei 1.173/2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2069,56 +2782,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_parlamentar_no002-2025__-_reparos_urgentes_no_cmei.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_parlamentar_no003-2025__-_ponto_de_onibus_proximo_ao_ezequiel_ecks.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_parlamentar_no004-2025__-_ponte_do_butia.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_parlamentar_no005-2025__-_limpeza_de_bueiro_proximo_ao_lava_car_do_edi.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_parlamentar_no006-2025__-_ponte_rio_estrela-_dica.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_parlamentar_no007-2025__-_valdir_castanha-_colocacao_de_bancos_no_campo_sintetico.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/298/indicacao_parlamentar_no008-2025__-_retirada_de_entulhos_das_calcadas_e_vias_publicas_joao__nara_e_de.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/314/ccf21032025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/315/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/316/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/317/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/322/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/357/23.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/358/ccf04042025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_aderson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/361/ccf11042025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/366/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/370/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/371/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/381/10.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/382/36.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/383/37.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/384/38.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/386/ccf02062025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/387/40.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/388/41.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/389/42.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/392/43.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/402/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/403/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/401/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/414/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/422/55.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/416/56.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/417/58.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/424/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_no62.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/434/ccf_000051.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/438/65.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/440/67.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/444/68.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/445/69.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_70.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/449/71.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/452/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_parlamentar_no74-2025__-_implantacao_de_floreira_na_avenida_1760991345544.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_parlamentar_no75-2025__-_campinho_de_areia_na_esola_municipal_iraras_1760991406307.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_no01.2025-_votacao_aberta_eleicao_mesa_diretora_2025..docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_no02.2025-_informacoes_sobre_pavimentacao_da_vila_rural_e_travessao..docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_no03.2025-_informacoes_sobre_materiais_e_valores_gastos_na_obra_santa_rita_de_cassia.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_no04.2025-_pedido_de_urgencia_para_realizacao_de_drenagem_no_cmei_ponte_do_chopim.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/309/nara.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/313/requerimwento_11.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_no13.2025-_informacoes_sobre_o_bairro_morro_do_piolho.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/323/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/369/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/365/requerimento.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/380/rewuerimento_22.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/393/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/394/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/398/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/450/34.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei..pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/376/pl_resolucao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/385/resolucao_05_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/418/pl_06_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/430/pl_07_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/431/pl_08_2025_camara_mirin.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/455/pl_09_2025_1759769338276.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_no1125.2025_-_institui_o_refis_2025.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_no1130.2025_-_cria_conselho_e_fundo_municipal_do_esporte.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/326/projeto_de_lei_no1131.2025_-_autoriza_permuta_servidores_magisterio_-_palmas_x_cds_2.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/362/pl_1132.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/363/pl_11133.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/391/projeto_de_lei_no1134.2025_-_plano_plurianual_-_2026_a_2029.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_no1135.2025_-_ldo_2026.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/373/pl_1.136.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/374/1.137.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/375/pl_1.138.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/377/pl_1.139.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/404/pl_1.144.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/406/pl_1.145.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/411/pl_1146.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/412/pl_1147.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/413/pl_1.148.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_lei_1149.2025_-_minivan_secid_-_convenio_551.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_1150.2025_-_minicarregadeira_-_secid_-_convenio_552.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_1151.2025_-_acao_social_e_outros.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_de_lei_1152.2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_1153.2025_-_asfalto_novo_vida_nova.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_de_lei_1154.2025_-_dotacao_saude_emenda.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_1155.2025_-_adiantamentos_de_despesas.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/435/projeto_de_lei_1156.2025_-_declara_utilidade_publica_estrada_nova_iguacu.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_1157.2025_-_declara_utilidade_publica_estrada_iratim.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/437/projeto_de_lei_1158_2025_-_altera_redacao_lei_487.2010_-_associacao_dos_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/441/projeto_de_lei_no1159.2025_-_construcao_centro_de_idosos_1757944491209.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_no1160.2025_-_construcao_creche_infancia_feliz_1757944491407.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/446/projeto_de_lei_construcao_de_unidade_basica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/447/projeto_de_lei_1162.2025_-_fundo_municipal_de_saneamento_basico_e_ambiental.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/451/ccf_000068.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/463/pl_1164.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/405/pl_1.145.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/457/decreto_09_2025_1759769321453.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/458/decreto_legislativo_10_2025_1759769359876.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/310/resolucao_02.2025_instituicao_financeira_convenio_cresol.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/311/resolucao_03.2025_concede_reposicao_monetaria_subsidio_presidente_vereadores__e_atualizacao_do_vale_alimentacao_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_resolucao_fechamento_pauta_1759771046498.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_parlamentar_no002-2025__-_reparos_urgentes_no_cmei.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_parlamentar_no003-2025__-_ponto_de_onibus_proximo_ao_ezequiel_ecks.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_parlamentar_no004-2025__-_ponte_do_butia.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_parlamentar_no005-2025__-_limpeza_de_bueiro_proximo_ao_lava_car_do_edi.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_parlamentar_no006-2025__-_ponte_rio_estrela-_dica.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_parlamentar_no007-2025__-_valdir_castanha-_colocacao_de_bancos_no_campo_sintetico.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/298/indicacao_parlamentar_no008-2025__-_retirada_de_entulhos_das_calcadas_e_vias_publicas_joao__nara_e_de.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/314/ccf21032025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/315/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/316/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/317/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/322/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/357/23.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/358/ccf04042025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_aderson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/361/ccf11042025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/366/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/370/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/371/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/381/10.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/382/36.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/383/37.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/384/38.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/386/ccf02062025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/387/40.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/388/41.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/389/42.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/392/43.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/402/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/403/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/401/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/414/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/422/55.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/416/56.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/417/58.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/424/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_no62.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/434/ccf_000051.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/438/65.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/440/67.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/444/68.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/445/69.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_70.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/449/71.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/452/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_parlamentar_no74-2025__-_implantacao_de_floreira_na_avenida_1760991345544.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_parlamentar_no75-2025__-_campinho_de_areia_na_esola_municipal_iraras_1760991406307.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/474/ccf_000099.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/477/indi_79.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/478/indi80.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/479/indica81.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/486/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_parlamentar_no84-2025__-_troca_de_lampadas_na_vila_rural._ver._anderson_1763579042908.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_parlamentar_no85-2025__-_lixeiras_para_vila_rural_e_morro_do_piolho._1763579047093.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_parlamentar_no86-2025__-_reparos_nova_iguacu_proximo_nas_proximidades_do_calcamento._1763579045312.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/492/87.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/493/88.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_no01.2025-_votacao_aberta_eleicao_mesa_diretora_2025..docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_no02.2025-_informacoes_sobre_pavimentacao_da_vila_rural_e_travessao..docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_no03.2025-_informacoes_sobre_materiais_e_valores_gastos_na_obra_santa_rita_de_cassia.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_no04.2025-_pedido_de_urgencia_para_realizacao_de_drenagem_no_cmei_ponte_do_chopim.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/309/nara.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/313/requerimwento_11.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_no13.2025-_informacoes_sobre_o_bairro_morro_do_piolho.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/323/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/369/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/365/requerimento.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/380/rewuerimento_22.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/393/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/394/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/398/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/450/34.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/469/ccf_000092.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/503/requermento_42.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/376/pl_resolucao.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/385/resolucao_05_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/418/pl_06_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/430/pl_07_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/431/pl_08_2025_camara_mirin.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/455/pl_09_2025_1759769338276.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/502/projeto_de_lei_1764953523327.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_no1125.2025_-_institui_o_refis_2025.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_no1130.2025_-_cria_conselho_e_fundo_municipal_do_esporte.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/326/projeto_de_lei_no1131.2025_-_autoriza_permuta_servidores_magisterio_-_palmas_x_cds_2.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/362/pl_1132.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/363/pl_11133.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/391/projeto_de_lei_no1134.2025_-_plano_plurianual_-_2026_a_2029.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_no1135.2025_-_ldo_2026.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/373/pl_1.136.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/374/1.137.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/375/pl_1.138.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/377/pl_1.139.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/404/pl_1.144.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/406/pl_1.145.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/411/pl_1146.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/412/pl_1147.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/413/pl_1.148.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_lei_1149.2025_-_minivan_secid_-_convenio_551.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_1150.2025_-_minicarregadeira_-_secid_-_convenio_552.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_1151.2025_-_acao_social_e_outros.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_de_lei_1152.2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_1153.2025_-_asfalto_novo_vida_nova.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_de_lei_1154.2025_-_dotacao_saude_emenda.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_1155.2025_-_adiantamentos_de_despesas.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/435/projeto_de_lei_1156.2025_-_declara_utilidade_publica_estrada_nova_iguacu.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_1157.2025_-_declara_utilidade_publica_estrada_iratim.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/437/projeto_de_lei_1158_2025_-_altera_redacao_lei_487.2010_-_associacao_dos_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/441/projeto_de_lei_no1159.2025_-_construcao_centro_de_idosos_1757944491209.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_no1160.2025_-_construcao_creche_infancia_feliz_1757944491407.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/446/projeto_de_lei_construcao_de_unidade_basica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/447/projeto_de_lei_1162.2025_-_fundo_municipal_de_saneamento_basico_e_ambiental.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/451/ccf_000068.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/463/pl_1164.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/467/pl_1165.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_de_lei_1166.2025_-_ratificacao_do_protocolo_de_intencoes_consorcio_intermunicipal_de_servicos_ambientais_-_cisa.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/481/projeto_de_lei_1167.2025_-_cedencia_de_servidores_minuta.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/482/projeto_de_lei_1168.2025_-_emprestimos_consignados.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/483/projeto_de_lei_1169.2025_-_expocel.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/484/projeto_de_lei_1170.2025_-_altera_dispositivos_da_lei_815.2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/485/projeto_de_lei_1171.2025_-_revogacao_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/494/projeto_de_lei_1172-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_1173.2025_-_ratificacao_protocolo_de_intencoes_parana_saude-1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/405/pl_1.145.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/457/decreto_09_2025_1759769321453.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/458/decreto_legislativo_10_2025_1759769359876.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/310/resolucao_02.2025_instituicao_financeira_convenio_cresol.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/311/resolucao_03.2025_concede_reposicao_monetaria_subsidio_presidente_vereadores__e_atualizacao_do_vale_alimentacao_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_resolucao_fechamento_pauta_1759771046498.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/472/resolucao_08.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_resolucao_09.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/471/projeto_de_resolucao_10_2025_1.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/473/pl_de_resolucao_11.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/529/1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/530/2.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/531/3.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/532/4.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/533/5.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/534/6.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/535/7.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/536/8.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/537/9.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/504/ccf_000126.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/505/2.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/506/03.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/507/01.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/508/02.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/509/03.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/510/01.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/511/02.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/512/09.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/513/10.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/514/11.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/515/12.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/516/13.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/517/14.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/518/15.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/519/16.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/520/17.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/521/18.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/522/19.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/523/20.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/524/21.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/525/22.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/526/23.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/527/24.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/528/25.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/491/ato_de_recebimentodos_requerimentos.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/495/oficio_545-gab.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/497/oficio_550.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H139"/>
+  <dimension ref="A1:H209"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="55.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="217.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3892,1854 +4605,3671 @@
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
         <v>177</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H69" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>301</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>10</v>
+        <v>302</v>
       </c>
       <c r="D70" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" t="s">
+        <v>42</v>
+      </c>
+      <c r="G70" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="F70" t="s">
+      <c r="H70" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>305</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>306</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>191</v>
+      </c>
+      <c r="G71" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="B71" t="s">
-[...14 lines deleted...]
-      <c r="G71" s="1" t="s">
+      <c r="H71" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>309</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
         <v>310</v>
       </c>
-      <c r="B72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D72" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>304</v>
+        <v>229</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>311</v>
       </c>
       <c r="H72" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>313</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>26</v>
+        <v>314</v>
       </c>
       <c r="D73" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>147</v>
+        <v>229</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H73" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D74" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H74" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D75" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="H75" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D76" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>27</v>
+        <v>191</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H76" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D77" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>177</v>
+        <v>191</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H77" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D78" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H78" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D79" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H79" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>55</v>
+        <v>342</v>
       </c>
       <c r="D80" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
         <v>22</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="H80" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>65</v>
+        <v>346</v>
       </c>
       <c r="D81" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>70</v>
+        <v>191</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="H81" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>69</v>
+        <v>350</v>
       </c>
       <c r="D82" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>22</v>
+        <v>191</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="H82" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>78</v>
+        <v>354</v>
       </c>
       <c r="D83" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>42</v>
+        <v>229</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="H83" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>101</v>
+        <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>302</v>
+        <v>358</v>
       </c>
       <c r="E84" t="s">
-        <v>303</v>
+        <v>359</v>
       </c>
       <c r="F84" t="s">
-        <v>42</v>
+        <v>360</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="H84" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>105</v>
+        <v>17</v>
       </c>
       <c r="D85" t="s">
-        <v>302</v>
+        <v>358</v>
       </c>
       <c r="E85" t="s">
-        <v>303</v>
+        <v>359</v>
       </c>
       <c r="F85" t="s">
-        <v>22</v>
+        <v>360</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="H85" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>366</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>21</v>
+      </c>
+      <c r="D86" t="s">
         <v>358</v>
       </c>
-      <c r="B86" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E86" t="s">
-        <v>303</v>
+        <v>359</v>
       </c>
       <c r="F86" t="s">
-        <v>42</v>
+        <v>360</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="H86" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>113</v>
+        <v>26</v>
       </c>
       <c r="D87" t="s">
-        <v>302</v>
+        <v>358</v>
       </c>
       <c r="E87" t="s">
-        <v>303</v>
+        <v>359</v>
       </c>
       <c r="F87" t="s">
-        <v>191</v>
+        <v>147</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="H87" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>117</v>
+        <v>373</v>
       </c>
       <c r="D88" t="s">
-        <v>302</v>
+        <v>358</v>
       </c>
       <c r="E88" t="s">
-        <v>303</v>
+        <v>359</v>
       </c>
       <c r="F88" t="s">
         <v>22</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="H88" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>121</v>
+        <v>377</v>
       </c>
       <c r="D89" t="s">
-        <v>302</v>
+        <v>358</v>
       </c>
       <c r="E89" t="s">
-        <v>303</v>
+        <v>359</v>
       </c>
       <c r="F89" t="s">
-        <v>191</v>
+        <v>56</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="H89" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>125</v>
+        <v>381</v>
       </c>
       <c r="D90" t="s">
-        <v>302</v>
+        <v>358</v>
       </c>
       <c r="E90" t="s">
-        <v>303</v>
+        <v>359</v>
       </c>
       <c r="F90" t="s">
-        <v>191</v>
+        <v>27</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>371</v>
+        <v>382</v>
       </c>
       <c r="H90" t="s">
-        <v>372</v>
+        <v>383</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>373</v>
+        <v>384</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>129</v>
+        <v>385</v>
       </c>
       <c r="D91" t="s">
-        <v>302</v>
+        <v>358</v>
       </c>
       <c r="E91" t="s">
-        <v>303</v>
+        <v>359</v>
       </c>
       <c r="F91" t="s">
-        <v>191</v>
+        <v>177</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="H91" t="s">
-        <v>375</v>
+        <v>387</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>133</v>
+        <v>389</v>
       </c>
       <c r="D92" t="s">
-        <v>302</v>
+        <v>358</v>
       </c>
       <c r="E92" t="s">
-        <v>303</v>
+        <v>359</v>
       </c>
       <c r="F92" t="s">
-        <v>191</v>
+        <v>37</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>14</v>
+        <v>390</v>
       </c>
       <c r="H92" t="s">
-        <v>377</v>
+        <v>391</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>378</v>
+        <v>392</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>138</v>
+        <v>393</v>
       </c>
       <c r="D93" t="s">
-        <v>302</v>
+        <v>358</v>
       </c>
       <c r="E93" t="s">
-        <v>303</v>
+        <v>359</v>
       </c>
       <c r="F93" t="s">
-        <v>191</v>
+        <v>42</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>379</v>
+        <v>394</v>
       </c>
       <c r="H93" t="s">
-        <v>380</v>
+        <v>395</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>381</v>
+        <v>396</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="D94" t="s">
-        <v>382</v>
+        <v>358</v>
       </c>
       <c r="E94" t="s">
-        <v>383</v>
+        <v>359</v>
       </c>
       <c r="F94" t="s">
-        <v>177</v>
+        <v>22</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>384</v>
+        <v>397</v>
       </c>
       <c r="H94" t="s">
-        <v>385</v>
+        <v>398</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>386</v>
+        <v>399</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="D95" t="s">
-        <v>382</v>
+        <v>358</v>
       </c>
       <c r="E95" t="s">
-        <v>383</v>
+        <v>359</v>
       </c>
       <c r="F95" t="s">
-        <v>304</v>
+        <v>70</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>387</v>
+        <v>400</v>
       </c>
       <c r="H95" t="s">
-        <v>388</v>
+        <v>401</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="D96" t="s">
-        <v>382</v>
+        <v>358</v>
       </c>
       <c r="E96" t="s">
-        <v>383</v>
+        <v>359</v>
       </c>
       <c r="F96" t="s">
-        <v>390</v>
+        <v>22</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>391</v>
+        <v>403</v>
       </c>
       <c r="H96" t="s">
-        <v>392</v>
+        <v>404</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>393</v>
+        <v>405</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>36</v>
+        <v>78</v>
       </c>
       <c r="D97" t="s">
-        <v>382</v>
+        <v>358</v>
       </c>
       <c r="E97" t="s">
-        <v>383</v>
+        <v>359</v>
       </c>
       <c r="F97" t="s">
-        <v>229</v>
+        <v>42</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>394</v>
+        <v>406</v>
       </c>
       <c r="H97" t="s">
-        <v>395</v>
+        <v>407</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>41</v>
+        <v>101</v>
       </c>
       <c r="D98" t="s">
-        <v>382</v>
+        <v>358</v>
       </c>
       <c r="E98" t="s">
-        <v>383</v>
+        <v>359</v>
       </c>
       <c r="F98" t="s">
-        <v>182</v>
+        <v>42</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>397</v>
+        <v>409</v>
       </c>
       <c r="H98" t="s">
-        <v>398</v>
+        <v>410</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>46</v>
+        <v>105</v>
       </c>
       <c r="D99" t="s">
-        <v>382</v>
+        <v>358</v>
       </c>
       <c r="E99" t="s">
-        <v>383</v>
+        <v>359</v>
       </c>
       <c r="F99" t="s">
-        <v>177</v>
+        <v>22</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="H99" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>402</v>
+        <v>414</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>317</v>
+        <v>109</v>
       </c>
       <c r="D100" t="s">
-        <v>382</v>
+        <v>358</v>
       </c>
       <c r="E100" t="s">
-        <v>383</v>
+        <v>359</v>
       </c>
       <c r="F100" t="s">
-        <v>403</v>
+        <v>42</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>404</v>
+        <v>415</v>
       </c>
       <c r="H100" t="s">
-        <v>405</v>
+        <v>416</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>406</v>
+        <v>417</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>407</v>
+        <v>113</v>
       </c>
       <c r="D101" t="s">
-        <v>408</v>
+        <v>358</v>
       </c>
       <c r="E101" t="s">
-        <v>409</v>
+        <v>359</v>
       </c>
       <c r="F101" t="s">
-        <v>410</v>
+        <v>191</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="H101" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>414</v>
+        <v>117</v>
       </c>
       <c r="D102" t="s">
-        <v>408</v>
+        <v>358</v>
       </c>
       <c r="E102" t="s">
-        <v>409</v>
+        <v>359</v>
       </c>
       <c r="F102" t="s">
-        <v>410</v>
+        <v>22</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>14</v>
+        <v>421</v>
       </c>
       <c r="H102" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>417</v>
+        <v>121</v>
       </c>
       <c r="D103" t="s">
-        <v>408</v>
+        <v>358</v>
       </c>
       <c r="E103" t="s">
-        <v>409</v>
+        <v>359</v>
+      </c>
+      <c r="F103" t="s">
+        <v>191</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="H103" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>421</v>
+        <v>125</v>
       </c>
       <c r="D104" t="s">
-        <v>408</v>
+        <v>358</v>
       </c>
       <c r="E104" t="s">
-        <v>409</v>
+        <v>359</v>
       </c>
       <c r="F104" t="s">
-        <v>422</v>
+        <v>191</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="H104" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>426</v>
+        <v>129</v>
       </c>
       <c r="D105" t="s">
-        <v>408</v>
+        <v>358</v>
       </c>
       <c r="E105" t="s">
-        <v>409</v>
+        <v>359</v>
       </c>
       <c r="F105" t="s">
-        <v>422</v>
+        <v>191</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="H105" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>430</v>
+        <v>133</v>
       </c>
       <c r="D106" t="s">
-        <v>408</v>
+        <v>358</v>
       </c>
       <c r="E106" t="s">
-        <v>409</v>
+        <v>359</v>
       </c>
       <c r="F106" t="s">
-        <v>422</v>
+        <v>191</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>431</v>
+        <v>14</v>
       </c>
       <c r="H106" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>434</v>
+        <v>138</v>
       </c>
       <c r="D107" t="s">
-        <v>408</v>
+        <v>358</v>
       </c>
       <c r="E107" t="s">
-        <v>409</v>
+        <v>359</v>
       </c>
       <c r="F107" t="s">
-        <v>410</v>
+        <v>191</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>435</v>
       </c>
       <c r="H107" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>437</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
+        <v>142</v>
+      </c>
+      <c r="D108" t="s">
+        <v>358</v>
+      </c>
+      <c r="E108" t="s">
+        <v>359</v>
+      </c>
+      <c r="F108" t="s">
+        <v>42</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="D108" t="s">
-[...5 lines deleted...]
-      <c r="G108" s="1" t="s">
+      <c r="H108" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>440</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>146</v>
+      </c>
+      <c r="D109" t="s">
+        <v>358</v>
+      </c>
+      <c r="E109" t="s">
+        <v>359</v>
+      </c>
+      <c r="F109" t="s">
+        <v>191</v>
+      </c>
+      <c r="G109" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="B109" t="s">
-[...2 lines deleted...]
-      <c r="C109" t="s">
+      <c r="H109" t="s">
         <v>442</v>
-      </c>
-[...13 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>443</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>151</v>
+      </c>
+      <c r="D110" t="s">
+        <v>358</v>
+      </c>
+      <c r="E110" t="s">
+        <v>359</v>
+      </c>
+      <c r="F110" t="s">
+        <v>22</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="H110" t="s">
         <v>445</v>
-      </c>
-[...19 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>450</v>
+        <v>156</v>
       </c>
       <c r="D111" t="s">
-        <v>408</v>
+        <v>358</v>
       </c>
       <c r="E111" t="s">
-        <v>409</v>
+        <v>359</v>
       </c>
       <c r="F111" t="s">
-        <v>410</v>
+        <v>191</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="H111" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>454</v>
+        <v>160</v>
       </c>
       <c r="D112" t="s">
-        <v>408</v>
+        <v>358</v>
       </c>
       <c r="E112" t="s">
-        <v>409</v>
+        <v>359</v>
       </c>
       <c r="F112" t="s">
-        <v>410</v>
+        <v>147</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="H112" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>458</v>
+        <v>21</v>
       </c>
       <c r="D113" t="s">
-        <v>408</v>
+        <v>453</v>
       </c>
       <c r="E113" t="s">
-        <v>409</v>
+        <v>454</v>
       </c>
       <c r="F113" t="s">
-        <v>410</v>
+        <v>177</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="H113" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>462</v>
+        <v>26</v>
       </c>
       <c r="D114" t="s">
-        <v>408</v>
+        <v>453</v>
       </c>
       <c r="E114" t="s">
-        <v>409</v>
+        <v>454</v>
       </c>
       <c r="F114" t="s">
-        <v>410</v>
+        <v>360</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="H114" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>466</v>
+        <v>31</v>
       </c>
       <c r="D115" t="s">
-        <v>408</v>
+        <v>453</v>
       </c>
       <c r="E115" t="s">
-        <v>409</v>
+        <v>454</v>
       </c>
       <c r="F115" t="s">
-        <v>410</v>
+        <v>461</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="H115" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>470</v>
+        <v>36</v>
       </c>
       <c r="D116" t="s">
-        <v>408</v>
+        <v>453</v>
       </c>
       <c r="E116" t="s">
-        <v>409</v>
+        <v>454</v>
       </c>
       <c r="F116" t="s">
-        <v>410</v>
+        <v>229</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="H116" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>474</v>
+        <v>41</v>
       </c>
       <c r="D117" t="s">
-        <v>408</v>
+        <v>453</v>
       </c>
       <c r="E117" t="s">
-        <v>409</v>
+        <v>454</v>
       </c>
       <c r="F117" t="s">
-        <v>410</v>
+        <v>182</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
       <c r="H117" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>478</v>
+        <v>46</v>
       </c>
       <c r="D118" t="s">
-        <v>408</v>
+        <v>453</v>
       </c>
       <c r="E118" t="s">
-        <v>409</v>
+        <v>454</v>
       </c>
       <c r="F118" t="s">
-        <v>410</v>
+        <v>177</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>479</v>
+        <v>471</v>
       </c>
       <c r="H118" t="s">
-        <v>480</v>
+        <v>472</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>481</v>
+        <v>473</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>482</v>
+        <v>373</v>
       </c>
       <c r="D119" t="s">
-        <v>408</v>
+        <v>453</v>
       </c>
       <c r="E119" t="s">
-        <v>409</v>
+        <v>454</v>
       </c>
       <c r="F119" t="s">
-        <v>410</v>
+        <v>474</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="H119" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>486</v>
+        <v>377</v>
       </c>
       <c r="D120" t="s">
-        <v>408</v>
+        <v>453</v>
       </c>
       <c r="E120" t="s">
-        <v>409</v>
+        <v>454</v>
       </c>
       <c r="F120" t="s">
-        <v>410</v>
+        <v>177</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="H120" t="s">
-        <v>488</v>
+        <v>479</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>490</v>
+        <v>481</v>
       </c>
       <c r="D121" t="s">
-        <v>408</v>
+        <v>482</v>
       </c>
       <c r="E121" t="s">
-        <v>409</v>
+        <v>483</v>
       </c>
       <c r="F121" t="s">
-        <v>410</v>
+        <v>484</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="H121" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="D122" t="s">
-        <v>408</v>
+        <v>482</v>
       </c>
       <c r="E122" t="s">
-        <v>409</v>
+        <v>483</v>
       </c>
       <c r="F122" t="s">
-        <v>410</v>
+        <v>484</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>495</v>
+        <v>14</v>
       </c>
       <c r="H122" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>497</v>
+        <v>490</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
       <c r="D123" t="s">
-        <v>408</v>
+        <v>482</v>
       </c>
       <c r="E123" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-        <v>410</v>
+        <v>483</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="H123" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="D124" t="s">
-        <v>408</v>
+        <v>482</v>
       </c>
       <c r="E124" t="s">
-        <v>409</v>
+        <v>483</v>
       </c>
       <c r="F124" t="s">
-        <v>410</v>
+        <v>496</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="H124" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="D125" t="s">
-        <v>408</v>
+        <v>482</v>
       </c>
       <c r="E125" t="s">
-        <v>409</v>
+        <v>483</v>
       </c>
       <c r="F125" t="s">
-        <v>410</v>
+        <v>496</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="H125" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="D126" t="s">
-        <v>408</v>
+        <v>482</v>
       </c>
       <c r="E126" t="s">
-        <v>409</v>
+        <v>483</v>
       </c>
       <c r="F126" t="s">
-        <v>410</v>
+        <v>496</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="H126" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="D127" t="s">
-        <v>408</v>
+        <v>482</v>
       </c>
       <c r="E127" t="s">
-        <v>409</v>
+        <v>483</v>
       </c>
       <c r="F127" t="s">
-        <v>410</v>
+        <v>484</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="H127" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="D128" t="s">
-        <v>408</v>
+        <v>482</v>
       </c>
       <c r="E128" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-        <v>410</v>
+        <v>483</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="H128" t="s">
-        <v>496</v>
+        <v>514</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="D129" t="s">
-        <v>408</v>
+        <v>482</v>
       </c>
       <c r="E129" t="s">
-        <v>409</v>
+        <v>483</v>
       </c>
       <c r="F129" t="s">
-        <v>410</v>
+        <v>484</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="H129" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="D130" t="s">
-        <v>408</v>
+        <v>482</v>
       </c>
       <c r="E130" t="s">
-        <v>409</v>
+        <v>483</v>
       </c>
       <c r="F130" t="s">
-        <v>410</v>
+        <v>484</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="H130" t="s">
-        <v>496</v>
+        <v>522</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>523</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>524</v>
+      </c>
+      <c r="D131" t="s">
+        <v>482</v>
+      </c>
+      <c r="E131" t="s">
+        <v>483</v>
+      </c>
+      <c r="F131" t="s">
+        <v>484</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H131" t="s">
         <v>526</v>
-      </c>
-[...19 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>527</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>528</v>
+      </c>
+      <c r="D132" t="s">
+        <v>482</v>
+      </c>
+      <c r="E132" t="s">
+        <v>483</v>
+      </c>
+      <c r="F132" t="s">
+        <v>484</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="H132" t="s">
         <v>530</v>
-      </c>
-[...19 lines deleted...]
-        <v>533</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>531</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>532</v>
+      </c>
+      <c r="D133" t="s">
+        <v>482</v>
+      </c>
+      <c r="E133" t="s">
+        <v>483</v>
+      </c>
+      <c r="F133" t="s">
+        <v>484</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H133" t="s">
         <v>534</v>
-      </c>
-[...19 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>535</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>536</v>
+      </c>
+      <c r="D134" t="s">
+        <v>482</v>
+      </c>
+      <c r="E134" t="s">
+        <v>483</v>
+      </c>
+      <c r="F134" t="s">
+        <v>484</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H134" t="s">
         <v>538</v>
-      </c>
-[...19 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>317</v>
+        <v>540</v>
       </c>
       <c r="D135" t="s">
-        <v>544</v>
+        <v>482</v>
       </c>
       <c r="E135" t="s">
-        <v>545</v>
+        <v>483</v>
       </c>
       <c r="F135" t="s">
-        <v>546</v>
+        <v>484</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="H135" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>549</v>
+        <v>543</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>321</v>
+        <v>544</v>
       </c>
       <c r="D136" t="s">
-        <v>544</v>
+        <v>482</v>
       </c>
       <c r="E136" t="s">
+        <v>483</v>
+      </c>
+      <c r="F136" t="s">
+        <v>484</v>
+      </c>
+      <c r="G136" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="F136" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H136" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>17</v>
+        <v>548</v>
       </c>
       <c r="D137" t="s">
-        <v>553</v>
+        <v>482</v>
       </c>
       <c r="E137" t="s">
-        <v>554</v>
+        <v>483</v>
       </c>
       <c r="F137" t="s">
-        <v>555</v>
+        <v>484</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
       <c r="H137" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>21</v>
+        <v>552</v>
       </c>
       <c r="D138" t="s">
+        <v>482</v>
+      </c>
+      <c r="E138" t="s">
+        <v>483</v>
+      </c>
+      <c r="F138" t="s">
+        <v>484</v>
+      </c>
+      <c r="G138" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="E138" t="s">
+      <c r="H138" t="s">
         <v>554</v>
-      </c>
-[...7 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>555</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>556</v>
+      </c>
+      <c r="D139" t="s">
+        <v>482</v>
+      </c>
+      <c r="E139" t="s">
+        <v>483</v>
+      </c>
+      <c r="F139" t="s">
+        <v>484</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="H139" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>559</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>560</v>
+      </c>
+      <c r="D140" t="s">
+        <v>482</v>
+      </c>
+      <c r="E140" t="s">
+        <v>483</v>
+      </c>
+      <c r="F140" t="s">
+        <v>484</v>
+      </c>
+      <c r="G140" s="1" t="s">
         <v>561</v>
       </c>
-      <c r="B139" t="s">
-[...2 lines deleted...]
-      <c r="C139" t="s">
+      <c r="H140" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>563</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>564</v>
+      </c>
+      <c r="D141" t="s">
+        <v>482</v>
+      </c>
+      <c r="E141" t="s">
+        <v>483</v>
+      </c>
+      <c r="F141" t="s">
+        <v>484</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H141" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>567</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>568</v>
+      </c>
+      <c r="D142" t="s">
+        <v>482</v>
+      </c>
+      <c r="E142" t="s">
+        <v>483</v>
+      </c>
+      <c r="F142" t="s">
+        <v>484</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="H142" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>571</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>572</v>
+      </c>
+      <c r="D143" t="s">
+        <v>482</v>
+      </c>
+      <c r="E143" t="s">
+        <v>483</v>
+      </c>
+      <c r="F143" t="s">
+        <v>484</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="H143" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>574</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>575</v>
+      </c>
+      <c r="D144" t="s">
+        <v>482</v>
+      </c>
+      <c r="E144" t="s">
+        <v>483</v>
+      </c>
+      <c r="F144" t="s">
+        <v>484</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="H144" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>578</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>579</v>
+      </c>
+      <c r="D145" t="s">
+        <v>482</v>
+      </c>
+      <c r="E145" t="s">
+        <v>483</v>
+      </c>
+      <c r="F145" t="s">
+        <v>484</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H145" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>582</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>583</v>
+      </c>
+      <c r="D146" t="s">
+        <v>482</v>
+      </c>
+      <c r="E146" t="s">
+        <v>483</v>
+      </c>
+      <c r="F146" t="s">
+        <v>484</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H146" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>586</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>587</v>
+      </c>
+      <c r="D147" t="s">
+        <v>482</v>
+      </c>
+      <c r="E147" t="s">
+        <v>483</v>
+      </c>
+      <c r="F147" t="s">
+        <v>484</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="H147" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>590</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>591</v>
+      </c>
+      <c r="D148" t="s">
+        <v>482</v>
+      </c>
+      <c r="E148" t="s">
+        <v>483</v>
+      </c>
+      <c r="F148" t="s">
+        <v>484</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H148" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>593</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>594</v>
+      </c>
+      <c r="D149" t="s">
+        <v>482</v>
+      </c>
+      <c r="E149" t="s">
+        <v>483</v>
+      </c>
+      <c r="F149" t="s">
+        <v>484</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="H149" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>597</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>598</v>
+      </c>
+      <c r="D150" t="s">
+        <v>482</v>
+      </c>
+      <c r="E150" t="s">
+        <v>483</v>
+      </c>
+      <c r="F150" t="s">
+        <v>484</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="H150" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>600</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>601</v>
+      </c>
+      <c r="D151" t="s">
+        <v>482</v>
+      </c>
+      <c r="E151" t="s">
+        <v>483</v>
+      </c>
+      <c r="F151" t="s">
+        <v>484</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="H151" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>604</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>605</v>
+      </c>
+      <c r="D152" t="s">
+        <v>482</v>
+      </c>
+      <c r="E152" t="s">
+        <v>483</v>
+      </c>
+      <c r="F152" t="s">
+        <v>484</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="H152" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>608</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>609</v>
+      </c>
+      <c r="D153" t="s">
+        <v>482</v>
+      </c>
+      <c r="E153" t="s">
+        <v>483</v>
+      </c>
+      <c r="F153" t="s">
+        <v>484</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="H153" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>612</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>613</v>
+      </c>
+      <c r="D154" t="s">
+        <v>482</v>
+      </c>
+      <c r="E154" t="s">
+        <v>483</v>
+      </c>
+      <c r="F154" t="s">
+        <v>484</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="H154" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>616</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>617</v>
+      </c>
+      <c r="D155" t="s">
+        <v>482</v>
+      </c>
+      <c r="E155" t="s">
+        <v>483</v>
+      </c>
+      <c r="F155" t="s">
+        <v>484</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="H155" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>620</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>621</v>
+      </c>
+      <c r="D156" t="s">
+        <v>482</v>
+      </c>
+      <c r="E156" t="s">
+        <v>483</v>
+      </c>
+      <c r="F156" t="s">
+        <v>484</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="H156" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>624</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>625</v>
+      </c>
+      <c r="D157" t="s">
+        <v>482</v>
+      </c>
+      <c r="E157" t="s">
+        <v>483</v>
+      </c>
+      <c r="F157" t="s">
+        <v>484</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="H157" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>628</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>629</v>
+      </c>
+      <c r="D158" t="s">
+        <v>482</v>
+      </c>
+      <c r="E158" t="s">
+        <v>483</v>
+      </c>
+      <c r="F158" t="s">
+        <v>484</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="H158" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>632</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>633</v>
+      </c>
+      <c r="D159" t="s">
+        <v>482</v>
+      </c>
+      <c r="E159" t="s">
+        <v>483</v>
+      </c>
+      <c r="F159" t="s">
+        <v>484</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="H159" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>636</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>637</v>
+      </c>
+      <c r="D160" t="s">
+        <v>482</v>
+      </c>
+      <c r="E160" t="s">
+        <v>483</v>
+      </c>
+      <c r="F160" t="s">
+        <v>484</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="H160" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>640</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>641</v>
+      </c>
+      <c r="D161" t="s">
+        <v>482</v>
+      </c>
+      <c r="E161" t="s">
+        <v>483</v>
+      </c>
+      <c r="F161" t="s">
+        <v>484</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="H161" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>644</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>645</v>
+      </c>
+      <c r="D162" t="s">
+        <v>482</v>
+      </c>
+      <c r="E162" t="s">
+        <v>483</v>
+      </c>
+      <c r="F162" t="s">
+        <v>484</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="H162" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>648</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>536</v>
+      </c>
+      <c r="D163" t="s">
+        <v>649</v>
+      </c>
+      <c r="E163" t="s">
+        <v>650</v>
+      </c>
+      <c r="F163" t="s">
+        <v>484</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="H163" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>653</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>373</v>
+      </c>
+      <c r="D164" t="s">
+        <v>654</v>
+      </c>
+      <c r="E164" t="s">
+        <v>655</v>
+      </c>
+      <c r="F164" t="s">
+        <v>656</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="H164" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>659</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>377</v>
+      </c>
+      <c r="D165" t="s">
+        <v>654</v>
+      </c>
+      <c r="E165" t="s">
+        <v>655</v>
+      </c>
+      <c r="F165" t="s">
+        <v>134</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="H165" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>662</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>17</v>
+      </c>
+      <c r="D166" t="s">
+        <v>663</v>
+      </c>
+      <c r="E166" t="s">
+        <v>664</v>
+      </c>
+      <c r="F166" t="s">
+        <v>665</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="H166" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>668</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>21</v>
+      </c>
+      <c r="D167" t="s">
+        <v>663</v>
+      </c>
+      <c r="E167" t="s">
+        <v>664</v>
+      </c>
+      <c r="F167" t="s">
+        <v>360</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="H167" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>671</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
         <v>41</v>
       </c>
-      <c r="D139" t="s">
-[...12 lines deleted...]
-        <v>563</v>
+      <c r="D168" t="s">
+        <v>663</v>
+      </c>
+      <c r="E168" t="s">
+        <v>664</v>
+      </c>
+      <c r="F168" t="s">
+        <v>656</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H168" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>674</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>46</v>
+      </c>
+      <c r="D169" t="s">
+        <v>663</v>
+      </c>
+      <c r="E169" t="s">
+        <v>664</v>
+      </c>
+      <c r="F169" t="s">
+        <v>134</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="H169" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>677</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>373</v>
+      </c>
+      <c r="D170" t="s">
+        <v>663</v>
+      </c>
+      <c r="E170" t="s">
+        <v>664</v>
+      </c>
+      <c r="F170" t="s">
+        <v>678</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="H170" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>681</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>377</v>
+      </c>
+      <c r="D171" t="s">
+        <v>663</v>
+      </c>
+      <c r="E171" t="s">
+        <v>664</v>
+      </c>
+      <c r="F171" t="s">
+        <v>678</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H171" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>684</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>381</v>
+      </c>
+      <c r="D172" t="s">
+        <v>663</v>
+      </c>
+      <c r="E172" t="s">
+        <v>664</v>
+      </c>
+      <c r="F172" t="s">
+        <v>134</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="H172" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>687</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>10</v>
+      </c>
+      <c r="D173" t="s">
+        <v>688</v>
+      </c>
+      <c r="E173" t="s">
+        <v>689</v>
+      </c>
+      <c r="F173" t="s">
+        <v>70</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="H173" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>692</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>17</v>
+      </c>
+      <c r="D174" t="s">
+        <v>688</v>
+      </c>
+      <c r="E174" t="s">
+        <v>689</v>
+      </c>
+      <c r="F174" t="s">
+        <v>147</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H174" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>695</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>21</v>
+      </c>
+      <c r="D175" t="s">
+        <v>688</v>
+      </c>
+      <c r="E175" t="s">
+        <v>689</v>
+      </c>
+      <c r="F175" t="s">
+        <v>22</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="H175" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>697</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>26</v>
+      </c>
+      <c r="D176" t="s">
+        <v>688</v>
+      </c>
+      <c r="E176" t="s">
+        <v>689</v>
+      </c>
+      <c r="F176" t="s">
+        <v>134</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="H176" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>699</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>31</v>
+      </c>
+      <c r="D177" t="s">
+        <v>688</v>
+      </c>
+      <c r="E177" t="s">
+        <v>689</v>
+      </c>
+      <c r="F177" t="s">
+        <v>42</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="H177" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>701</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>36</v>
+      </c>
+      <c r="D178" t="s">
+        <v>688</v>
+      </c>
+      <c r="E178" t="s">
+        <v>689</v>
+      </c>
+      <c r="F178" t="s">
+        <v>182</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="H178" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>703</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>41</v>
+      </c>
+      <c r="D179" t="s">
+        <v>688</v>
+      </c>
+      <c r="E179" t="s">
+        <v>689</v>
+      </c>
+      <c r="F179" t="s">
+        <v>191</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="H179" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>705</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>46</v>
+      </c>
+      <c r="D180" t="s">
+        <v>688</v>
+      </c>
+      <c r="E180" t="s">
+        <v>689</v>
+      </c>
+      <c r="F180" t="s">
+        <v>177</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="H180" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>707</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>373</v>
+      </c>
+      <c r="D181" t="s">
+        <v>688</v>
+      </c>
+      <c r="E181" t="s">
+        <v>689</v>
+      </c>
+      <c r="F181" t="s">
+        <v>37</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="H181" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>709</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>10</v>
+      </c>
+      <c r="D182" t="s">
+        <v>710</v>
+      </c>
+      <c r="E182" t="s">
+        <v>711</v>
+      </c>
+      <c r="F182" t="s">
+        <v>177</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H182" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>714</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>17</v>
+      </c>
+      <c r="D183" t="s">
+        <v>710</v>
+      </c>
+      <c r="E183" t="s">
+        <v>711</v>
+      </c>
+      <c r="F183" t="s">
+        <v>177</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="H183" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>717</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>21</v>
+      </c>
+      <c r="D184" t="s">
+        <v>710</v>
+      </c>
+      <c r="E184" t="s">
+        <v>711</v>
+      </c>
+      <c r="F184" t="s">
+        <v>177</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H184" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>720</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>26</v>
+      </c>
+      <c r="D185" t="s">
+        <v>710</v>
+      </c>
+      <c r="E185" t="s">
+        <v>711</v>
+      </c>
+      <c r="F185" t="s">
+        <v>147</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H185" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>723</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>31</v>
+      </c>
+      <c r="D186" t="s">
+        <v>710</v>
+      </c>
+      <c r="E186" t="s">
+        <v>711</v>
+      </c>
+      <c r="F186" t="s">
+        <v>147</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H186" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>726</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>36</v>
+      </c>
+      <c r="D187" t="s">
+        <v>710</v>
+      </c>
+      <c r="E187" t="s">
+        <v>711</v>
+      </c>
+      <c r="F187" t="s">
+        <v>147</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="H187" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>729</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>41</v>
+      </c>
+      <c r="D188" t="s">
+        <v>710</v>
+      </c>
+      <c r="E188" t="s">
+        <v>711</v>
+      </c>
+      <c r="F188" t="s">
+        <v>37</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="H188" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>732</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>46</v>
+      </c>
+      <c r="D189" t="s">
+        <v>710</v>
+      </c>
+      <c r="E189" t="s">
+        <v>711</v>
+      </c>
+      <c r="F189" t="s">
+        <v>37</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="H189" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>735</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>373</v>
+      </c>
+      <c r="D190" t="s">
+        <v>710</v>
+      </c>
+      <c r="E190" t="s">
+        <v>711</v>
+      </c>
+      <c r="F190" t="s">
+        <v>191</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="H190" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>738</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>377</v>
+      </c>
+      <c r="D191" t="s">
+        <v>710</v>
+      </c>
+      <c r="E191" t="s">
+        <v>711</v>
+      </c>
+      <c r="F191" t="s">
+        <v>182</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="H191" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>741</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>381</v>
+      </c>
+      <c r="D192" t="s">
+        <v>710</v>
+      </c>
+      <c r="E192" t="s">
+        <v>711</v>
+      </c>
+      <c r="F192" t="s">
+        <v>182</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="H192" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>744</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>385</v>
+      </c>
+      <c r="D193" t="s">
+        <v>710</v>
+      </c>
+      <c r="E193" t="s">
+        <v>711</v>
+      </c>
+      <c r="F193" t="s">
+        <v>182</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="H193" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>747</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>389</v>
+      </c>
+      <c r="D194" t="s">
+        <v>710</v>
+      </c>
+      <c r="E194" t="s">
+        <v>711</v>
+      </c>
+      <c r="F194" t="s">
+        <v>70</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="H194" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>750</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>751</v>
+      </c>
+      <c r="D195" t="s">
+        <v>710</v>
+      </c>
+      <c r="E195" t="s">
+        <v>711</v>
+      </c>
+      <c r="F195" t="s">
+        <v>70</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="H195" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>754</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>393</v>
+      </c>
+      <c r="D196" t="s">
+        <v>710</v>
+      </c>
+      <c r="E196" t="s">
+        <v>711</v>
+      </c>
+      <c r="F196" t="s">
+        <v>70</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="H196" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>757</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>51</v>
+      </c>
+      <c r="D197" t="s">
+        <v>710</v>
+      </c>
+      <c r="E197" t="s">
+        <v>711</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="H197" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>760</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>55</v>
+      </c>
+      <c r="D198" t="s">
+        <v>710</v>
+      </c>
+      <c r="E198" t="s">
+        <v>711</v>
+      </c>
+      <c r="F198" t="s">
+        <v>134</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="H198" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>763</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>60</v>
+      </c>
+      <c r="D199" t="s">
+        <v>710</v>
+      </c>
+      <c r="E199" t="s">
+        <v>711</v>
+      </c>
+      <c r="F199" t="s">
+        <v>134</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="H199" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>766</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>65</v>
+      </c>
+      <c r="D200" t="s">
+        <v>710</v>
+      </c>
+      <c r="E200" t="s">
+        <v>711</v>
+      </c>
+      <c r="F200" t="s">
+        <v>134</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="H200" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>769</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>69</v>
+      </c>
+      <c r="D201" t="s">
+        <v>710</v>
+      </c>
+      <c r="E201" t="s">
+        <v>711</v>
+      </c>
+      <c r="F201" t="s">
+        <v>42</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="H201" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>772</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>74</v>
+      </c>
+      <c r="D202" t="s">
+        <v>710</v>
+      </c>
+      <c r="E202" t="s">
+        <v>711</v>
+      </c>
+      <c r="F202" t="s">
+        <v>42</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="H202" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>775</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>78</v>
+      </c>
+      <c r="D203" t="s">
+        <v>710</v>
+      </c>
+      <c r="E203" t="s">
+        <v>711</v>
+      </c>
+      <c r="F203" t="s">
+        <v>22</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="H203" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>778</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>81</v>
+      </c>
+      <c r="D204" t="s">
+        <v>710</v>
+      </c>
+      <c r="E204" t="s">
+        <v>711</v>
+      </c>
+      <c r="F204" t="s">
+        <v>22</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="H204" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>781</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>85</v>
+      </c>
+      <c r="D205" t="s">
+        <v>710</v>
+      </c>
+      <c r="E205" t="s">
+        <v>711</v>
+      </c>
+      <c r="F205" t="s">
+        <v>22</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="H205" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>784</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>89</v>
+      </c>
+      <c r="D206" t="s">
+        <v>710</v>
+      </c>
+      <c r="E206" t="s">
+        <v>711</v>
+      </c>
+      <c r="F206" t="s">
+        <v>22</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="H206" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>787</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>10</v>
+      </c>
+      <c r="D207" t="s">
+        <v>788</v>
+      </c>
+      <c r="E207" t="s">
+        <v>789</v>
+      </c>
+      <c r="F207" t="s">
+        <v>484</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="H207" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>792</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>793</v>
+      </c>
+      <c r="D208" t="s">
+        <v>788</v>
+      </c>
+      <c r="E208" t="s">
+        <v>789</v>
+      </c>
+      <c r="F208" t="s">
+        <v>484</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="H208" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>796</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>797</v>
+      </c>
+      <c r="D209" t="s">
+        <v>788</v>
+      </c>
+      <c r="E209" t="s">
+        <v>789</v>
+      </c>
+      <c r="F209" t="s">
+        <v>484</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="H209" t="s">
+        <v>799</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5838,50 +8368,120 @@
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>