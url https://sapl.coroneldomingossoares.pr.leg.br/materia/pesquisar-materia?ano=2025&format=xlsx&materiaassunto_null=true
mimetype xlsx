--- v1 (2026-01-30)
+++ v2 (2026-03-22)
@@ -54,2428 +54,2428 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Daniele, Nara</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Realize instalação instalaçõ de Pontos de Ônibus</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_parlamentar_no002-2025__-_reparos_urgentes_no_cmei.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_parlamentar_no002-2025__-_reparos_urgentes_no_cmei.docx</t>
   </si>
   <si>
     <t>Ralização de reparos urgentes no Centro Municipal de Educação Infantil (CMEI)</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Professor Anderson</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_parlamentar_no003-2025__-_ponto_de_onibus_proximo_ao_ezequiel_ecks.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_parlamentar_no003-2025__-_ponto_de_onibus_proximo_ao_ezequiel_ecks.docx</t>
   </si>
   <si>
     <t>Realize a Instalação de um ponto de ônibus proximo a Vila do Ezequiel Ecks.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>João Evandro</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_parlamentar_no004-2025__-_ponte_do_butia.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_parlamentar_no004-2025__-_ponte_do_butia.docx</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Mnunicipal, que através do seu setor competente, realize um estudo de Viabilidade para a construção de uma nova ponte de concreto na localidade do Butiá.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>João Evandro, José, Nara</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_parlamentar_no005-2025__-_limpeza_de_bueiro_proximo_ao_lava_car_do_edi.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_parlamentar_no005-2025__-_limpeza_de_bueiro_proximo_ao_lava_car_do_edi.docx</t>
   </si>
   <si>
     <t>Que sejam tomadas as medidas preventivas para a a reabertura do rio nas áreas externas do Lava Cr do Edi, localizado na rua josé fortunato.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Jurandir</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_parlamentar_no006-2025__-_ponte_rio_estrela-_dica.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_parlamentar_no006-2025__-_ponte_rio_estrela-_dica.docx</t>
   </si>
   <si>
     <t>Realize reparos na Ponte do Rio Estrela</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Valdir</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_parlamentar_no007-2025__-_valdir_castanha-_colocacao_de_bancos_no_campo_sintetico.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_parlamentar_no007-2025__-_valdir_castanha-_colocacao_de_bancos_no_campo_sintetico.docx</t>
   </si>
   <si>
     <t>Realize um estudo de Viabilidade para a colocação de Bancos no espaço proximo ao campo sintético denominado , MEU CAMPINHO.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>José, João Evandro, Nara</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/298/indicacao_parlamentar_no008-2025__-_retirada_de_entulhos_das_calcadas_e_vias_publicas_joao__nara_e_de.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/298/indicacao_parlamentar_no008-2025__-_retirada_de_entulhos_das_calcadas_e_vias_publicas_joao__nara_e_de.docx</t>
   </si>
   <si>
     <t>Realize, ao menos uma vez por semana, a retirada de entulhos das calçadas e vias Públicas.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/314/ccf21032025.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/314/ccf21032025.pdf</t>
   </si>
   <si>
     <t>Providencie troca de lâmpadas queimadas na vila Rural Alberto Carraro.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>João Evandro, Fernando, José, Jurandir, Nara</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/315/indicacao_17.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/315/indicacao_17.pdf</t>
   </si>
   <si>
     <t>Realização de Cascalhamento na via localizada no Compartilhado, nas Proximidades do Senhor Ronaldo.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Nara, Fernando, João Evandro, José</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/316/indicacao_18.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/316/indicacao_18.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade para aquisição ou destinação de um novo terreno para o Cemitério Municipal .</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/317/indicacao_19.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/317/indicacao_19.pdf</t>
   </si>
   <si>
     <t>Providências para a realização de concurso Público com mais brevidade Possível.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Daniele</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/322/indicacao_20.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/322/indicacao_20.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a instalação de uma lombada em frente a Capela Mortuária Nossa Senhora de Fatima</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_21.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_21.pdf</t>
   </si>
   <si>
     <t>Instalação de placas Indicativa com nome das localidades nos cruzamentos do interior do Município.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Reabertura da Estrada São Pedro, que dá acesso a Comunidade do Butiá</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/357/23.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/357/23.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, por meio do seu setor competente da Administração. Providencie a instalação de identificação adequada (placa ou letreiro ) na fachada do Departamento de Agricultura.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/358/ccf04042025.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/358/ccf04042025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que determine ao Setor Competente a Viabilização do transporte para os alunos universitários que retornam no período noturno, com destino á vila Rural Alberto Carraro.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_aderson.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_aderson.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, que estude a viabilidade de disponibilizar  transporte escolar para alunos de cursos técnicos e de nível Superior, que frequentam instituições de ensino nos períodos matutino e vespertino.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/361/ccf11042025.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/361/ccf11042025.pdf</t>
   </si>
   <si>
     <t>A vereadora que apresenta e subscreve , indica ao Poder Executivo que realize patrolamento e reabertura e demais Serviço necessários para uma boa trafegabilidade de veículos, na localidade do travessãozinho via de acesso á Comunidade do Passo Fundo.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/366/indicacao_27.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/366/indicacao_27.pdf</t>
   </si>
   <si>
     <t>Realize patrolamento e Demais reparos necessário para uma boa trafegabilidade de veiculos, na Localidade da Iraras e Bom retiro</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_28.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_28.pdf</t>
   </si>
   <si>
     <t>que sejam tomadas as providências necessária para para o efetivo comprimento para da Lei Municipal nº 967 de 202, que dispõe sobre a instalação de Câmaras de Monitoramento de segurança nas escolas Públicas Municipais.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_29.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_29.pdf</t>
   </si>
   <si>
     <t>Solicitando a intensificação das rondas de policiamento no período no período Noturno em nosso município, especialmente nas Áreas com maior Indice de ocorrência ou relatos da População sobre insegurança.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/370/indicacao_30.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/370/indicacao_30.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que seja realizada a Instalação de uma Lombada na Rua Amadeus Varela Ribas, em frente a Padaria Recanto do café.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/371/indicacao_31.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/371/indicacao_31.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizado um estudo de viabilidade de um parquinho infantil na Vila Alberto Carraro</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_32.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_32.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que seja realizada a Instalação de uma lombada na Rua José Salvador próximo a familia Nice Caldart.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_33.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_33.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, estude um estudo de VIABILIDADE e posterior Execução dos serviços de manutenção e pintura do prédio da Pré-Escola Municipal, bem como outras melhorias estruturais nos locais</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_34.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_34.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, a realização da troca e da limpeza dos brinquedos danificados no parquinho infantil localizado ao lado do "Meu Campinho .</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/381/10.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/381/10.pdf</t>
   </si>
   <si>
     <t>Instalação de uma lombada (redutor de velocidade ) em frente ao residencial Verdes Campos</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>José</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/382/36.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/382/36.pdf</t>
   </si>
   <si>
     <t>Viabilizar a reforma e a elevação da ponte localizada na comunidade São João .</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/383/37.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/383/37.pdf</t>
   </si>
   <si>
     <t>Realize a restauração no ponto de ônibus localizado na comunidade da Pedra Branca e São João</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/384/38.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/384/38.pdf</t>
   </si>
   <si>
     <t>estudo de  viabilidade para a instalação de Câmeras de monitoramento nas principais entrada da cidade.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Fernando</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/386/ccf02062025.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/386/ccf02062025.pdf</t>
   </si>
   <si>
     <t>Implantação de estacionamento 45 graus na Avenida Araucaria.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>João Evandro, Daniele, José, Nara</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/387/40.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/387/40.pdf</t>
   </si>
   <si>
     <t>Realização de Serviços e Patrolamento nas Comunidades Iraras e Pouso Frio.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/388/41.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/388/41.pdf</t>
   </si>
   <si>
     <t>Providencie a troca de lampadas queimadas na Avenida Araucaria, nas proximidades da Empresa Compensados CDS Mercado FRansouza.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/389/42.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/389/42.pdf</t>
   </si>
   <si>
     <t>Realize um estudo de viabilidade para a instalação de Rotatória nos Seguintes Locais, Rua José Maria Belles da Silveira. Rua José Salvador, nas Proximidades da Agropecuaria Tradição.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/392/43.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/392/43.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Estradas de Rodagem do Paraná (DER/PR), solicitando a manutenção da PR-912, nas proximidades da Estrada da Lavrama e Perlocher.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_44.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_44.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, por meio do Setor competente da Administração, a realização de serviço de patrolamento na Estrada da Vila Rural Alberto Carraro .</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_45.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_45.pdf</t>
   </si>
   <si>
     <t>Instalação de Lombada na Avenida Araucaria.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Nara</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_46.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_46.pdf</t>
   </si>
   <si>
     <t>Reparos no Parquinho da Praça Municipal Pompilho Vaz.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Cleonice</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/402/indicacao_47.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/402/indicacao_47.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo , que seja promovido Leilão Público dos Bens insersiveis pertencentes ao Patrimonio Municipal, atualmente armazenados no Patio de Maquinas.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/403/indicacao_48.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/403/indicacao_48.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que, por meio do Departamento competente, seja analizada a possibilidade de implantar estacionamento em apenas um dos lados da Rua Carlos Ecks.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Joanilson</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_49.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_49.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que por meio do seu setor competente seja realizada a construção da cabeceira da ponte localizada na comunidade do Iratim, nas proximidades da residência do Sr.Felisberto.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_50.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_50.pdf</t>
   </si>
   <si>
     <t>Inidica ao Poder Executivo Municipal, seja realizado o patrolamento e o Cascalhamento dasa estradas que atendem as comunidades da Serra Branca e Chico André.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/401/indicacao_51.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/401/indicacao_51.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo , patrolamento e cascalhamento e demais Serviços para a melhoria das estradas que atendem á comunidade do Marcon.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_52.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_52.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que seja destinado um ônibus, conforme previsto da LEI Municipal nº 1.156/2025, que trata do Transporte Cidadão.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_53.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_53.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que por meio do seu setor competente , seja realizado um estudo de técnico visando o aumento real de 30% a 50% no salario base de todos os servidores públicos.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/414/indicacao_54.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/414/indicacao_54.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, que por meio do Setor Competente, seja realizado um estudo detalhado para a revisão das placas de sinalização em nosso Municipio .</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/422/55.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/422/55.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo , que realize reparos nas iluminações Públicas no Residêncial Verdes Campos .</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Nara, Daniele, Joanilson, José</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/416/56.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/416/56.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo, que seja realizado o patrolamento das ruas do Parque industrial, bem como um estudo tecnico para a  Construção de bueiros na Localidade, medida consciderada de suma importância para o bom escoamento da água de chuva e preservação das vias públicas.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_57.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_57.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que por meio do seu setor competente, seja realizado reparos e revitalização adequada dos estacinamentos destinados á ônibus e das faixas de Pedestres em geral, visando maior organização e segurança no tráfego urbano.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Nara, Daniele</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/417/58.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/417/58.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que seja instalada uma placa de identificação na entrada do Parque industrial, bem como placas ou sinalização por parte da Comunidade, visitantes e prestadores de serviços.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_59.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_59.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo na Forma regimental, que através de seu setor competente, realize a instalação de pontos de ônibus, sendo eles, Vila Ruaral Alberto Carraro e na Vila Canhoto.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Joanilson, Cleonice</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/424/indicacao_60.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/424/indicacao_60.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo Municipal na forma regimental, que seja realizado um estudo de viabilidade para a instalção de internet via satélite nas unidades Basicas de Saúde (UBS) Localiza no interior d Município.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_61.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_61.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que sejam realizados concertos e reparos na cobertura da Escola Municipal Aurora Fabrício das Neves Tortelli, especificamente n refeitório.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_no62.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_no62.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo , a construção de futebol oficial (campo de futebol 11) e nosso Municipio.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_63.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_63.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a construção de uma pista de atletismo oficial com 400 metros no muncípio.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/434/ccf_000051.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/434/ccf_000051.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, que por meio do setor Competente, que seja realizado o patrolamento e demais reparos na estrada principal da Sadia.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/438/65.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/438/65.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo Municipal, que seja realizado a instalação de uma lombada na rua Suely Ferreira Pires.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_66.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_66.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de realizar um estudo de viabilidade para a instalação do ônibus escolar utilizado pela comunidade do Bom Retiro, responsável pelo transporte dos alunos da região.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/440/67.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/440/67.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de realizar a limpeza dos bueiros em nosso Municipio.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/444/68.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/444/68.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder ao Poder Executivo Municipal, que seja realizado cascalhamento das estradas da Comunidade da colonia soares .</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/445/69.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/445/69.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, que realize um estudo de viabilidade para o restabelecimento do pagamento do adicional de insalubridade ao serviços municipais que anteriormente recebiam o beneficio.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_70.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_70.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo , que realize um estudo de viabilidade para a implamentação de um Kit lanche destinado aos pacientes que precisam se deslocar, para consultas, exames e demais procedimentos de saúde.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/449/71.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/449/71.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, através do seu setor competente realize o envio de uma retroescavadeira para a comunidade do Chico André, com o Objetivo de realizar serviços de manutenção e limpeza no local.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/452/indicacao_72.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/452/indicacao_72.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de realização de um estudo de Viabilidade técnica para a instalação de um redutor de velocidade (lombada ou dispositivo similar) nas próximidade do redincial Verdes Campos.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_73.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_73.pdf</t>
   </si>
   <si>
     <t>iNDICA  ao Poder Executivo Municipal, que, por meio do setor competente, realize com urgência trabalho de recuperação e cascalhamento das estradas rurais situadas nas localidades TERRA BOA e Abarracamento.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_parlamentar_no74-2025__-_implantacao_de_floreira_na_avenida_1760991345544.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_parlamentar_no74-2025__-_implantacao_de_floreira_na_avenida_1760991345544.pdf</t>
   </si>
   <si>
     <t>A vereadora que a presente subscreve no uso de suas atribuições legais e regimentais, INDICA ao Poder Executivo Municipal, que, por meio do setor competente, implantação de canteiros com pavers e floreiras ao longo de toda a Avenida Araucária, desde o seu início até o final, com o objetivo de embelezar e harmonizar o ambiente urbano, proporcionando um espaço mais agradável e acolhedor para os moradores e visitantes.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_parlamentar_no75-2025__-_campinho_de_areia_na_esola_municipal_iraras_1760991406307.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_parlamentar_no75-2025__-_campinho_de_areia_na_esola_municipal_iraras_1760991406307.pdf</t>
   </si>
   <si>
     <t>A vereadora que a presente subscreve no uso de suas atribuições legais e_x000D_
 regimentais, INDICA ao Poder Executivo Municipal, que seja providenciada a_x000D_
 construção de um campinho de areia na Escola Municipal do Campo Iraras.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_76.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_76.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, e ao setor competente as Secretarias de indústria e Comércio e de Meio Ambiente que seja um estudo de viabilidade técnica e ambiental, visando a abertura de diálogo com a empresa Compemad Painéis, com o objetivo de analisar e implementar medidas de contenção da fuligem de serragem gerada pelas atividades industriais da referida empresa.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_77.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_77.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, que por, meio do departamento competente, seja realizado o patrolamento e o cascalhamento das estradas que atendem a comunidade 27 de outubro.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/474/ccf_000099.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/474/ccf_000099.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo Municipal, que seja realizada, com urgência, uma reforma geral na Escola do Campo Iraras, incluindo a manutenção e reparos da estrutura fisicas, bem como o fechamento do pátio, podendo ser últilizado tela de proteção ou outro material adequado, de forma a garantir maior segurança e conforto aos alunos, professores e demais servidores.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/477/indi_79.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/477/indi_79.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo Municipal, que seja dada uma atenção especial à Avenidade Lucindório e suas travessas, especialmente nas proximidades do Recanto Silva, uma vez que as referidas Vias encontra-se em condições instransitáveis, dificultando o tráfego de veículos e acesso dos moradores.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/478/indi80.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/478/indi80.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, que, por meio do Departemaneto competente, seja realizado o patrolamento e cascalhamento nas proximidades da fazenda do Sr. Celcio Reis, até a propriedade do Sr. Alvaro.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/479/indica81.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/479/indica81.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, que determine ao setor competente da Administração a instalação de lixeias na Comunidade do Compartilhado, neste Município.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/486/indicacao_82.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/486/indicacao_82.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, que determine ao setor competente da Administração, patrolamento e serviços de reparo na Rua Projetada 02, situada uma rua acima da rádio.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao_83.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao_83.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, que determine ao setor competente da Administração, o patrolamento e cascalhamento da estrada principal da comunidade Iraras, especialmente no trecho que dá acesso á Usina foz do Estrela.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_parlamentar_no84-2025__-_troca_de_lampadas_na_vila_rural._ver._anderson_1763579042908.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_parlamentar_no84-2025__-_troca_de_lampadas_na_vila_rural._ver._anderson_1763579042908.pdf</t>
   </si>
   <si>
     <t>INDICA ao Poder Executivo Municipal, por meio do setor_x000D_
 competente, providencie a troca das lâmpadas queimadas na Vila Rural Alberto_x000D_
 Carraro.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_parlamentar_no85-2025__-_lixeiras_para_vila_rural_e_morro_do_piolho._1763579047093.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_parlamentar_no85-2025__-_lixeiras_para_vila_rural_e_morro_do_piolho._1763579047093.pdf</t>
   </si>
   <si>
     <t>INDICA ao Poder Executivo Municipal, que sejam disponibilizadas três (03) lixeiras para a Vila Rural Alberto Carraro e três (03) lixeiras para o bairro popularmente conhecido como Morro do Piolho.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_parlamentar_no86-2025__-_reparos_nova_iguacu_proximo_nas_proximidades_do_calcamento._1763579045312.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_parlamentar_no86-2025__-_reparos_nova_iguacu_proximo_nas_proximidades_do_calcamento._1763579045312.pdf</t>
   </si>
   <si>
     <t>INDICA ao Poder Executivo Municipal, que determine ao setor_x000D_
 competente a realização de reparos nos bueiros e valetas da comunidade Nova_x000D_
 Iguaçu, visando garantir o adequado escoamento da água proveniente da parte_x000D_
 superior do calçamento.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/492/87.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/492/87.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de instalação de uma lixeira Pública na Avenida Lucidório, nas proximidades do estabelecimento Recanto Silva.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/493/88.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/493/88.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, determine ao setor competente a realização de limpeza e abertura de Bueiros localizados em frente à Igreja Assembleia de Deus, na Comunidade do Pedregulho.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_89.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_89.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Poder Executivo Municipal, que seja realizado um estudo de viabilidade para analisar a possibilidade de disponibilizar um ônibus para atendimento da comunidade Nova Iguaçu, considerando as dificuldades de acesso enfrentadas pelos moradores em razão das obras de pavimentação atualmente em execução.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Adilson Santa Fé</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_no01.2025-_votacao_aberta_eleicao_mesa_diretora_2025..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_no01.2025-_votacao_aberta_eleicao_mesa_diretora_2025..docx</t>
   </si>
   <si>
     <t>Requer que a votação da eleição da nova Mesa Diretora para o ano de 2025 seja realizado por votação aberta .</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_no02.2025-_informacoes_sobre_pavimentacao_da_vila_rural_e_travessao..docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_no02.2025-_informacoes_sobre_pavimentacao_da_vila_rural_e_travessao..docx</t>
   </si>
   <si>
     <t>Pavimentação Vila Rural</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_no03.2025-_informacoes_sobre_materiais_e_valores_gastos_na_obra_santa_rita_de_cassia.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_no03.2025-_informacoes_sobre_materiais_e_valores_gastos_na_obra_santa_rita_de_cassia.docx</t>
   </si>
   <si>
     <t>Requer infomações detalhadas sobre a relação dos materiais útilizados e os valores gastos na construção Escola Santa Rita .</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_no04.2025-_pedido_de_urgencia_para_realizacao_de_drenagem_no_cmei_ponte_do_chopim.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_no04.2025-_pedido_de_urgencia_para_realizacao_de_drenagem_no_cmei_ponte_do_chopim.docx</t>
   </si>
   <si>
     <t>Realização de Obras de drenagem no Centro Municipal de Educação Infantil (CMEI), Santina Perret Carraro.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/309/nara.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/309/nara.pdf</t>
   </si>
   <si>
     <t>quebra molas</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_10.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_10.pdf</t>
   </si>
   <si>
     <t>Informações da situação da Balsa que atende a Comunidade da nova iguaçú.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/313/requerimwento_11.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/313/requerimwento_11.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado um estudo de viabilidade para a aplicação do artigo 583 e 584 do Código Tributário, que trata das Limpezas de Terreno.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_12.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_12.pdf</t>
   </si>
   <si>
     <t>Sejam tomadas providências para pintura das Fixas amarelas em frente as escolas do Município.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_no13.2025-_informacoes_sobre_o_bairro_morro_do_piolho.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_no13.2025-_informacoes_sobre_o_bairro_morro_do_piolho.docx</t>
   </si>
   <si>
     <t>Requer informações oficiais sobre a localização do bairro popularmente conhecido como "morro do piolho"</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/323/requerimento_15.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/323/requerimento_15.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, informe o porque da não prestação de Serviço. " Casa de Apoio ".</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Rotary Club de Palmas e os senhores Jacob Reicher, carinhosamente, conhecido como (IACO) e Marlon Pires, como forma de reconhecimento e gratidão pelos recursos destinados a APAE de Coronel Domingos Soares.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/369/requerimento_19.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/369/requerimento_19.pdf</t>
   </si>
   <si>
     <t>Instalação de Pontos de ônibus em locais estratégicos do Município e a realização de reparos urgentes no Cmei Anjo da Guarda</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/365/requerimento.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/365/requerimento.pdf</t>
   </si>
   <si>
     <t>Solicitando Informações detalhadas a cerca dos atrasos nos pagamentos a fornecedores que prestam serviços e fornecem produtos ao Munícipio.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/380/rewuerimento_22.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/380/rewuerimento_22.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido em plenário , que através, da Secretária de Saúde, informe a está casa de Leis.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/393/indicacao_28.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/393/indicacao_28.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido o Plenário, informações a Executivo Municipal como está o planejamento de Execução das emendas impositivas exercício 2025.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/394/requerimento_29.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/394/requerimento_29.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido o Plenário, informações a Executivo Municipal como está o planejamento de Execução das emendas Impositivas execicío 2025.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/398/requerimento_30.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/398/requerimento_30.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Muncipal que, por meio do seu setor competente, encaminhe a esta casa de Leis relação Nominal dos Servidores que recebem, a Graticação de T.I, bem como aqueles que não recebem, informando ainda quais os critérios adotados pela Administração Muncipal para a concessão dessa gratificação.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_31.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_31.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado ao Setor de Licitações e Obras desta municipalidade, solicitando as seguintes informações:_x000D_
 1 Qual empresa vencedora da licitação para o cascalhamento da estrada principal que dá acesso a Comunidade do Iratim</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_32.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_32.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado ao Setor de Licitações e á Secretária municipal de educação par que sejam disponibilizadas cópias integrais dos documentos  referente ás últimas licitações do transporte escolar</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_33.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_33.pdf</t>
   </si>
   <si>
     <t>Requer que seja informado a está casa Legislativa os últimos aditivos referente aos contratos de prestação de Serviços do transporte escolar, solicitando -se, ainda, cópias integrais desses aditivos, bem como a indicação expressa da data de vigência de cada um deles, especificamente até que período foram prorrogados.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/450/34.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/450/34.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o andamento da Lei 1.163/2024, referente á pavimentação asfáltica da Vila Rural Alberto Carraro.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_35.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_35.pdf</t>
   </si>
   <si>
     <t>requer ao poder executivo Municipal que sejam prestadas informações sobre os motivos pelos quais não está sendo cumprida a Lei Muncipal nº 660/2013, que autoriza a implantação do programa "PORTEIRA A DENTRO".</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>Requer que sejam prestadas as seguintes informações a respeito do corte de diárias destinas aos servidores do Departamento Municipal de Saúde.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_37.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_37.pdf</t>
   </si>
   <si>
     <t>Requer solicitando o cumprimento da Lei Municipal nº 967/2021, que "Dispõe a instalação de câmeras de monitoriamento de segurança nas escolas públicas municipais  e dá outras providências."</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_38.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_38.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Munipal que sejam encaminhadas a esta Casa Legislativa informações detalhadas sobre o valor do aluguel do imóvel utilizado como Centro de Convivência do idoso.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/469/ccf_000092.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/469/ccf_000092.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas acerca da situação do poço artesiano localizado na comunidade do Pedregulho, considerando que o mesmo não se encontra em pleno funcionamento.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_40.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_40.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal, que informe a esta casa de Leis quais medidas fram adotadas junto a empresa COHAPAR em relação ás casas entregues aos moradores, considerando que as condições atuais das referidas moradias são extremanente precárias.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_41.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_41.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal sejam prestadas informações referentes ao pagamento de adicional de insalubridade aos servidores deste Municipio.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/503/requermento_42.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/503/requermento_42.pdf</t>
   </si>
   <si>
     <t>Requer que a votação da Eleição da Nova Mesa Diretora para o ano de 2026 seja realizada por votação aberta, conforme previsão do art.238, inciso VI, alinea f do regimento interno desta casa Legislativa.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei..pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei..pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 1.145/2024, que institui a lei contra a prática de nepotismo no âmbito do município de Coronel Domingos Soares, e dá outras providências*</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/376/pl_resolucao.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/376/pl_resolucao.pdf</t>
   </si>
   <si>
     <t>Cria a Ouvidoria Legislativa da Câmara Municipal de Coronel Domingos Soares e dispõe sobre suas Atribuições e cargos de Ouvidor Legislativo.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>Secretária Legislativa - SLEG</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/385/resolucao_05_2025.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/385/resolucao_05_2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei Geral de Proteção de Dados Pessoais (Lei Federal nº_x000D_
 13.709/18) no âmbito da Câmara Municipal de Coronel Domingos Soares.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/418/pl_06_2025.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/418/pl_06_2025.pdf</t>
   </si>
   <si>
     <t>Institui o atendimento prioritário aos idosos no âmbito do Departament Municipal de saúde de coronel Domigos Soares e dá outras Providências.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/430/pl_07_2025.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/430/pl_07_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do campo de futebol, localizado na Rua José Maria Beles da Silveira, Município de_x000D_
 Coronel Domingos Soares, com o nome de Orlei Lopes Sant’ana, e dá outras providências.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/431/pl_08_2025_camara_mirin.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/431/pl_08_2025_camara_mirin.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A CÂMARA MIRIM NO MUNICÍPIO DE CORONEL DOMINGOS SOARES, E DETERMINA OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>José, Daniele, Fernando, Jurandir, Nara</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/455/pl_09_2025_1759769338276.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/455/pl_09_2025_1759769338276.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Projetada C, localizada no perímetro urbano do Município de Coronel Domingos Soares, coordenadas 26°13'15"S 52°01'43"W a 26°13'11"S 52°01'38"W com o nome de "Rua João Evangelista Nunes".</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/502/projeto_de_lei_1764953523327.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/502/projeto_de_lei_1764953523327.pdf</t>
   </si>
   <si>
     <t>Denomina o local urbano denominado "Morro do Piolho" como “João Maria Tereza” e determina a regulamentação do Poder Executivo para estabelecer limites e coordenadas geográficas do referido bairro.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Maria Antonieta de Araujo Almeida</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_no1125.2025_-_institui_o_refis_2025.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_no1125.2025_-_institui_o_refis_2025.doc</t>
   </si>
   <si>
     <t>Súmula: Institui o Programa de Recuperação Fiscal - REFIS, no Município de Coronel Domingos Soares e proporciona outras providências.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>Diarias do Vice-prefeito</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_no1130.2025_-_cria_conselho_e_fundo_municipal_do_esporte.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_no1130.2025_-_cria_conselho_e_fundo_municipal_do_esporte.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Esportes e Lazer – CMEL e o Fundo Municipal de Esportes - FME do Município de Coronel Domingos Soares - Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>Executivo Municipal - PREF</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/326/projeto_de_lei_no1131.2025_-_autoriza_permuta_servidores_magisterio_-_palmas_x_cds_2.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/326/projeto_de_lei_no1131.2025_-_autoriza_permuta_servidores_magisterio_-_palmas_x_cds_2.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar_x000D_
 convênio com o Município de Palmas/PR, objetivando a_x000D_
 permuta entre servidores do quadro do magistério de suas_x000D_
 respectivas redes municipais de ensino.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/362/pl_1132.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/362/pl_1132.pdf</t>
   </si>
   <si>
     <t>Autoriza O poder Executivo Municipal a filiar se e contribuir com a agência de desenvolvimento Regional do Sudoeste do Paraná , órgão representativo da instância de Governança Regional (IGR) da região Turistica Vales do Iguaçu, e das outras Providências.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/363/pl_11133.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/363/pl_11133.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir cessão de uso de uso de imovél do Municipio de dá outras Providências.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/391/projeto_de_lei_no1134.2025_-_plano_plurianual_-_2026_a_2029.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/391/projeto_de_lei_no1134.2025_-_plano_plurianual_-_2026_a_2029.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Coronel Domingos Soares para o período de 2026 à 2029.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_no1135.2025_-_ldo_2026.doc</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_no1135.2025_-_ldo_2026.doc</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei de Diretrizes Orçamentárias do Município de Coronel Domingos Soares para o exercício de 2026 e dá outras providências</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/373/pl_1.136.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/373/pl_1.136.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.190/2025 de prorrogar o prazo de refis.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/374/1.137.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/374/1.137.pdf</t>
   </si>
   <si>
     <t>Institui o nome "Residencial morada feliz " ao empreendimento habitacional que será implantado por meio de convênio com a companhia de habitação do paraná-COHAPAR</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/375/pl_1.138.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/375/pl_1.138.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Abrir um Crédito Adicional Suplementar e Especial no Orçamento Vigente.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/377/pl_1.139.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/377/pl_1.139.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Cultura.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/404/pl_1.144.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/404/pl_1.144.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº1.196/2025, de Coronel Domingos Soares para incluir o inciso III do art.11, e dá outras Providências.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/406/pl_1.145.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/406/pl_1.145.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as condições e requisitos para proposições de Execuções judiciais e dá outras Providências .</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/411/pl_1146.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/411/pl_1146.pdf</t>
   </si>
   <si>
     <t>Institui o Organismo de Politicas para Mulheres OPM, no âmbito do Departamento de Ação Social do Município de de Coronel Domingos Soares e dá outras Providências.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/412/pl_1147.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/412/pl_1147.pdf</t>
   </si>
   <si>
     <t>Altera o Dispositivo da Lei Municipal nº 1.157 de 14 de Junho de 2024, para Adequar a criação, composição e funcionamento do Concelho Municipal dos Direitos da Mulher CMDM e estabelecer a vinculação do Fundo Municipal dos direitos das Mulher ao Organismo de Politicas para as Mulheres OPM, nos termos de orientações da Secretária de Estado da Mulher, Igualdade Racial e Pessoa Idosa - SEMIPI/PR</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/413/pl_1.148.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/413/pl_1.148.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1.148/2025 de 19 de Setembro de 2003. que institui a contribuição para Custeio do Serviço de Iluminação_x000D_
 Pública CIP , NO MunICIPIO DE CORONEL dOMINGOS soares</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_lei_1149.2025_-_minivan_secid_-_convenio_551.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_lei_1149.2025_-_minivan_secid_-_convenio_551.pdf</t>
   </si>
   <si>
     <t>Que autoriza o Poder Executivo Muncipal a abrir um Crédito Adicional Suplentar Especial no Orçamento Vigênte .</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_1150.2025_-_minicarregadeira_-_secid_-_convenio_552.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_1150.2025_-_minicarregadeira_-_secid_-_convenio_552.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir umcrédito Adicional Suplementar Especial no Orçamento Vigente.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_1151.2025_-_acao_social_e_outros.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_1151.2025_-_acao_social_e_outros.pdf</t>
   </si>
   <si>
     <t>Utoriza o Poder Executivo Municipal a abrir um Crédito Adicinal Suplentar e Especial no Orçamento Vigente.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_de_lei_1152.2025_-_loa_2026.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_de_lei_1152.2025_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>“Estima a receita e fixa a despesa para o exercício financeiro de 2026.”</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_1153.2025_-_asfalto_novo_vida_nova.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_1153.2025_-_asfalto_novo_vida_nova.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Suplementar e Especial no Orçamento vigente.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_de_lei_1154.2025_-_dotacao_saude_emenda.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_de_lei_1154.2025_-_dotacao_saude_emenda.pdf</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_1155.2025_-_adiantamentos_de_despesas.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_1155.2025_-_adiantamentos_de_despesas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime de adiantamento no âmbito do Poder Executivo de Coronel_x000D_
 Domingos Soares – PR, e dá outras providências.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/435/projeto_de_lei_1156.2025_-_declara_utilidade_publica_estrada_nova_iguacu.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/435/projeto_de_lei_1156.2025_-_declara_utilidade_publica_estrada_nova_iguacu.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Estrada denominada de “Estrada da Nova Iguaçu” e dá outras providências.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_1157.2025_-_declara_utilidade_publica_estrada_iratim.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_1157.2025_-_declara_utilidade_publica_estrada_iratim.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Estrada denominada de “Estrada do Iratim” e dá outras providências.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/437/projeto_de_lei_1158_2025_-_altera_redacao_lei_487.2010_-_associacao_dos_funcionarios.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/437/projeto_de_lei_1158_2025_-_altera_redacao_lei_487.2010_-_associacao_dos_funcionarios.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos artigos 1º e 4º, da Lei 487/2010.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/441/projeto_de_lei_no1159.2025_-_construcao_centro_de_idosos_1757944491209.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/441/projeto_de_lei_no1159.2025_-_construcao_centro_de_idosos_1757944491209.pdf</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_no1160.2025_-_construcao_creche_infancia_feliz_1757944491407.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_no1160.2025_-_construcao_creche_infancia_feliz_1757944491407.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Especial no Orçamento vigente.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/446/projeto_de_lei_construcao_de_unidade_basica_de_saude.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/446/projeto_de_lei_construcao_de_unidade_basica_de_saude.pdf</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/447/projeto_de_lei_1162.2025_-_fundo_municipal_de_saneamento_basico_e_ambiental.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/447/projeto_de_lei_1162.2025_-_fundo_municipal_de_saneamento_basico_e_ambiental.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Saneamento Básico e Ambiental – CMSBA e o Fundo Municipal de Saneamento Básico e Ambiental – FMSBA do Município de Coronel Domingos Soares, e dá outras providências</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/451/ccf_000068.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/451/ccf_000068.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art.  1º da Lei Municipal nº1.157/2025, de 14 de Junho de 2024 e revoga o art. 1º da Lei 1.214/2025</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/463/pl_1164.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/463/pl_1164.pdf</t>
   </si>
   <si>
     <t>Autoriza ao Poder Executivo Municipal a Abrir um Crédito Adicional Suplementar e Especial no Orçamento Vigênte.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/467/pl_1165.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/467/pl_1165.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Suplementar e especial no Orçamento Vigente.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_de_lei_1166.2025_-_ratificacao_do_protocolo_de_intencoes_consorcio_intermunicipal_de_servicos_ambientais_-_cisa.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_de_lei_1166.2025_-_ratificacao_do_protocolo_de_intencoes_consorcio_intermunicipal_de_servicos_ambientais_-_cisa.pdf</t>
   </si>
   <si>
     <t>Dispõe acerca da ratificação do protocolo de intenções do Consórcio Intermunicipal de Serviços Ambientais (CISA) e dá outras providências</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/481/projeto_de_lei_1167.2025_-_cedencia_de_servidores_minuta.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/481/projeto_de_lei_1167.2025_-_cedencia_de_servidores_minuta.pdf</t>
   </si>
   <si>
     <t>: Dispõe sobre a cessão, recebimento em cessão ou permuta de servidores, empregados públicos e estagiários, na forma em que específica, e dá outras providências.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/482/projeto_de_lei_1168.2025_-_emprestimos_consignados.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/482/projeto_de_lei_1168.2025_-_emprestimos_consignados.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PACTUAR COM INSTITUIÇÕES FINANCEIRAS E REGULA A CONCESSÃO DE EMPRÉSTIMOS CONSIGNADOS PARA SERVIDORES PÚBLICOS E DEMAIS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/483/projeto_de_lei_1169.2025_-_expocel.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/483/projeto_de_lei_1169.2025_-_expocel.pdf</t>
   </si>
   <si>
     <t>Institui a Feira de Exposição Municipal de Coronel Domingos Soares – EXPOCEL e dá outras providências.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/484/projeto_de_lei_1170.2025_-_altera_dispositivos_da_lei_815.2017.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/484/projeto_de_lei_1170.2025_-_altera_dispositivos_da_lei_815.2017.pdf</t>
   </si>
   <si>
     <t>Altera e insere dispositivos na Lei 815/17.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/485/projeto_de_lei_1171.2025_-_revogacao_casa_de_apoio.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/485/projeto_de_lei_1171.2025_-_revogacao_casa_de_apoio.pdf</t>
   </si>
   <si>
     <t>Revoga-se na íntegra a Lei 981/2021.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/494/projeto_de_lei_1172-2025.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/494/projeto_de_lei_1172-2025.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ESTADA PRT - 403 - ESTRADA FAZENDA SÃO XAVIER A LAVRAMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_1173.2025_-_ratificacao_protocolo_de_intencoes_parana_saude-1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_1173.2025_-_ratificacao_protocolo_de_intencoes_parana_saude-1.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal nº. 11.107/2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS).</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/405/pl_1.145.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/405/pl_1.145.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre requisitos para a proposição de Execuções Judiciais e dá outras providências.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>José, Daniele, Jurandir, Nara</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/457/decreto_09_2025_1759769321453.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/457/decreto_09_2025_1759769321453.pdf</t>
   </si>
   <si>
     <t>Dispõem sobre a revogação dos Decretos Legislativo_x000D_
 04/2024 e 05/2025, e dá outras providencias”</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/458/decreto_legislativo_10_2025_1759769359876.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/458/decreto_legislativo_10_2025_1759769359876.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A CÂMARA MIRIM NO MUNICÍPIO DE_x000D_
 CORONEL DOMINGOS SOARES, E DETERMINA OUTRAS_x000D_
 PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>PRS</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Adilson Santa Fé, Fernando, João Evandro, José, Jurandir, Nara</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/310/resolucao_02.2025_instituicao_financeira_convenio_cresol.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/310/resolucao_02.2025_instituicao_financeira_convenio_cresol.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a firmar convênio com entidades_x000D_
 financeiras para viabilizar empréstimos com consignação em folha de_x000D_
 pagamento aos Servidores Públicos e aos Vereadores da Câmara_x000D_
 Municipal de Coronel Domingos Soares – Estado do Paraná.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/311/resolucao_03.2025_concede_reposicao_monetaria_subsidio_presidente_vereadores__e_atualizacao_do_vale_alimentacao_servidores_da_camara.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/311/resolucao_03.2025_concede_reposicao_monetaria_subsidio_presidente_vereadores__e_atualizacao_do_vale_alimentacao_servidores_da_camara.pdf</t>
   </si>
   <si>
     <t>Concede reposição monetária dos subsídios do Presidente,_x000D_
 Vereadores, e dos vencimentos e auxilio alimentação dos Servidores da_x000D_
 Câmara Municipal de Coronel Domingos Soares, Estado do Paraná e da_x000D_
 outras Providencias.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_resolucao_fechamento_pauta_1759771046498.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_resolucao_fechamento_pauta_1759771046498.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 144 da Resolução nº 03/2022, que aprova o Regimento Interno da Câmara Municipal de Coronel Domingos Soares, e revoga a Portaria nº 04/2023.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/472/resolucao_08.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/472/resolucao_08.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a programação financeira de ingressos e Cronograma de Execução Bimestral de Desembolso para o Legislativo Municipal para o Exercício Financeiro de 2026.''</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>Mesa Diretora, Daniele, José, Jurandir, Nara</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_resolucao_09.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_resolucao_09.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do regime de teletrabalho para os servidores da Câmara Municipal de Vereadores de Coronel Domingos Soares</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/471/projeto_de_resolucao_10_2025_1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/471/projeto_de_resolucao_10_2025_1.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema de Apoio ao Processo Legislativo (SAPL) como sistema oficial da Câmara Municipal de Vereadores de Coronel Domingos Soares e regulamenta suas funções e a utilização pelos setores competentes.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/473/pl_de_resolucao_11.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/473/pl_de_resolucao_11.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a aprovação do Plano de Contratação Anual da Câmara Municipal de Coronel Domingos Soares para o Execício de 2026".</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>EMDIS</t>
   </si>
   <si>
     <t>Emenda Impositiva Saúde</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/529/1.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/529/1.pdf</t>
   </si>
   <si>
     <t>Reforma, manutenção e adquação, pintura predial, refazimento de calçadas e instalações de toldos para ligação entre os três blocos.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/530/2.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/530/2.pdf</t>
   </si>
   <si>
     <t>Reforma manutenção e adequações, Pintura predial, refazimento de calçadas e instalações de toldos para ligação entre os três blocos que compõem o Centro de Saúde.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/531/3.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/531/3.pdf</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/532/4.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/532/4.pdf</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/533/5.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/533/5.pdf</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/534/6.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/534/6.pdf</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/535/7.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/535/7.pdf</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/536/8.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/536/8.pdf</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/537/9.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/537/9.pdf</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>EMIPI</t>
   </si>
   <si>
     <t>Emendas Impositiva Individuais</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/504/ccf_000126.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/504/ccf_000126.pdf</t>
   </si>
   <si>
     <t>Aquisição de playground na Escola Municipal Campo Iraras</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/505/2.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/505/2.pdf</t>
   </si>
   <si>
     <t>Custeio de despesas com aquisição de equipamentos e climatização, aparelho de ar-Condicionado e instalação para as salas de aulas, para o CMEI Anjo da Guarda.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/506/03.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/506/03.pdf</t>
   </si>
   <si>
     <t>Equipamentos e mobiliarios em geral, aquisição de armário para compor cozinha.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/507/01.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/507/01.pdf</t>
   </si>
   <si>
     <t>Custeio de despesas com aquisição de materiais permanentes, mesas de escritorio, cadeira de escritório giratória, armarios, quadro branco e estantes.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/508/02.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/508/02.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva destinada com objetivo de comprar material de consumo e material de expediente.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/509/03.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/509/03.pdf</t>
   </si>
   <si>
     <t>Emenda Imositiva destinada com objetivo de adquirir equipamentos permanentes ao serviço de convivência e fortalecimento de vinculos.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/510/01.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/510/01.pdf</t>
   </si>
   <si>
     <t>custeio de despesas com aquisição de materiais permanentes e equipamentos de mobiliário em geral para a Escola Municipal Aurora Fabricio das Neves Tortelli.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/511/02.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/511/02.pdf</t>
   </si>
   <si>
     <t>Custeio de despesas com aquisição de equipamentos de climatização, aparelhos de R-Condicionado e instalação para as salas de aulas, para o Cmei Anjo da Guarda.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/512/09.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/512/09.pdf</t>
   </si>
   <si>
     <t>Destinada para o fechamento do pátio da Escola Municipal do Campo Francisco Taques.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/513/10.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/513/10.pdf</t>
   </si>
   <si>
     <t>Aquisição de uma televisão 42 polegadas para a escola Muncipal do Campo Danilo Bordidnon.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/514/11.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/514/11.pdf</t>
   </si>
   <si>
     <t>Custeio de despesas com aquisição de equipamentos de climatização, aparelhos de Ar-Condicionado e instalação para as salas de aulas, para o CMEI Anjo da Guarda.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/515/12.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/515/12.pdf</t>
   </si>
   <si>
     <t>fechamento do patio da Escola Municipal do Campo Iraras.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/516/13.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/516/13.pdf</t>
   </si>
   <si>
     <t>Custeio de despesa com aquisição de equipamentos de climatização aparelhos de Ar- Condicionado e instalação para as salas de aulas, para o CMEI Anjo da Guarda.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/517/14.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/517/14.pdf</t>
   </si>
   <si>
     <t>Fechamento do pátio da Ecola Municipal do Campo Iraras.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/518/15.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/518/15.pdf</t>
   </si>
   <si>
     <t>Fechamento do pátio da Escola Municipal do campo Francisco Taques.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/519/16.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/519/16.pdf</t>
   </si>
   <si>
     <t>Aquisição de freezer a Escla Municipal do Campo Danilo Bordignon</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/520/17.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/520/17.pdf</t>
   </si>
   <si>
     <t>Custeio de despesas com aquisição de equipamentos de climatização, aparelhos de Ar-Condicionado de instalação para as salas de aulas, para o Cmei Anjo da Guarda.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/521/18.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/521/18.pdf</t>
   </si>
   <si>
     <t>Fechamento do pátio da Escola Municipal do Campo Francisco Taques</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/522/19.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/522/19.pdf</t>
   </si>
   <si>
     <t>Fechamento do pátio da Escola Campo Municipal Iraras.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/523/20.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/523/20.pdf</t>
   </si>
   <si>
     <t>Aquisição de equipamentos de Climatização, aparelhos de Ar- Condicionado e instalação para as salas de aulas, para o Cmei Anjo da Guarda.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/524/21.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/524/21.pdf</t>
   </si>
   <si>
     <t>Fechamento do pátio da Escola Muncipal do Campo Iraras.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/525/22.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/525/22.pdf</t>
   </si>
   <si>
     <t>Fechamento do pátio da Escola Municipal Municipal do Campo Francisco Taques.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/526/23.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/526/23.pdf</t>
   </si>
   <si>
     <t>Aquisição de pilares para a quadra Poliesportiva da Esola Municipal do Campo Francisco Taques.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/527/24.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/527/24.pdf</t>
   </si>
   <si>
     <t>Aquisição de materiais para o fechamento da quadra da Esola Municipal Campo Santina Carraro.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/528/25.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/528/25.pdf</t>
   </si>
   <si>
     <t>Aquisição de equipamentos de  climatização, aparelho de Ar- consdicionado e instalação para as salas de aulas do Cmei Cantinho dos Sonhos - SADIA</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>OE</t>
   </si>
   <si>
     <t>Oficío do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/491/ato_de_recebimentodos_requerimentos.docx</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/491/ato_de_recebimentodos_requerimentos.docx</t>
   </si>
   <si>
     <t>teste</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/495/oficio_545-gab.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/495/oficio_545-gab.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Estrada PRT- 403 – Estrada Fazenda São Xavier a Lavrama e dá outras providências.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/497/oficio_550.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/497/oficio_550.pdf</t>
   </si>
   <si>
     <t>Encaminha o Projeto de Lei 1.173/2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2782,68 +2782,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_parlamentar_no002-2025__-_reparos_urgentes_no_cmei.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_parlamentar_no003-2025__-_ponto_de_onibus_proximo_ao_ezequiel_ecks.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_parlamentar_no004-2025__-_ponte_do_butia.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_parlamentar_no005-2025__-_limpeza_de_bueiro_proximo_ao_lava_car_do_edi.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_parlamentar_no006-2025__-_ponte_rio_estrela-_dica.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_parlamentar_no007-2025__-_valdir_castanha-_colocacao_de_bancos_no_campo_sintetico.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/298/indicacao_parlamentar_no008-2025__-_retirada_de_entulhos_das_calcadas_e_vias_publicas_joao__nara_e_de.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/314/ccf21032025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/315/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/316/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/317/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/322/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/357/23.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/358/ccf04042025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_aderson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/361/ccf11042025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/366/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/370/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/371/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/381/10.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/382/36.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/383/37.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/384/38.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/386/ccf02062025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/387/40.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/388/41.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/389/42.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/392/43.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/402/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/403/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/401/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/414/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/422/55.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/416/56.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/417/58.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/424/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_no62.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/434/ccf_000051.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/438/65.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/440/67.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/444/68.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/445/69.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_70.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/449/71.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/452/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_parlamentar_no74-2025__-_implantacao_de_floreira_na_avenida_1760991345544.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_parlamentar_no75-2025__-_campinho_de_areia_na_esola_municipal_iraras_1760991406307.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/474/ccf_000099.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/477/indi_79.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/478/indi80.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/479/indica81.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/486/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_parlamentar_no84-2025__-_troca_de_lampadas_na_vila_rural._ver._anderson_1763579042908.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_parlamentar_no85-2025__-_lixeiras_para_vila_rural_e_morro_do_piolho._1763579047093.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_parlamentar_no86-2025__-_reparos_nova_iguacu_proximo_nas_proximidades_do_calcamento._1763579045312.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/492/87.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/493/88.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_no01.2025-_votacao_aberta_eleicao_mesa_diretora_2025..docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_no02.2025-_informacoes_sobre_pavimentacao_da_vila_rural_e_travessao..docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_no03.2025-_informacoes_sobre_materiais_e_valores_gastos_na_obra_santa_rita_de_cassia.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_no04.2025-_pedido_de_urgencia_para_realizacao_de_drenagem_no_cmei_ponte_do_chopim.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/309/nara.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/313/requerimwento_11.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_no13.2025-_informacoes_sobre_o_bairro_morro_do_piolho.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/323/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/369/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/365/requerimento.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/380/rewuerimento_22.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/393/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/394/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/398/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/450/34.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/469/ccf_000092.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/503/requermento_42.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/376/pl_resolucao.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/385/resolucao_05_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/418/pl_06_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/430/pl_07_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/431/pl_08_2025_camara_mirin.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/455/pl_09_2025_1759769338276.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/502/projeto_de_lei_1764953523327.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_no1125.2025_-_institui_o_refis_2025.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_no1130.2025_-_cria_conselho_e_fundo_municipal_do_esporte.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/326/projeto_de_lei_no1131.2025_-_autoriza_permuta_servidores_magisterio_-_palmas_x_cds_2.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/362/pl_1132.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/363/pl_11133.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/391/projeto_de_lei_no1134.2025_-_plano_plurianual_-_2026_a_2029.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_no1135.2025_-_ldo_2026.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/373/pl_1.136.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/374/1.137.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/375/pl_1.138.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/377/pl_1.139.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/404/pl_1.144.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/406/pl_1.145.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/411/pl_1146.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/412/pl_1147.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/413/pl_1.148.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_lei_1149.2025_-_minivan_secid_-_convenio_551.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_1150.2025_-_minicarregadeira_-_secid_-_convenio_552.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_1151.2025_-_acao_social_e_outros.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_de_lei_1152.2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_1153.2025_-_asfalto_novo_vida_nova.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_de_lei_1154.2025_-_dotacao_saude_emenda.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_1155.2025_-_adiantamentos_de_despesas.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/435/projeto_de_lei_1156.2025_-_declara_utilidade_publica_estrada_nova_iguacu.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_1157.2025_-_declara_utilidade_publica_estrada_iratim.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/437/projeto_de_lei_1158_2025_-_altera_redacao_lei_487.2010_-_associacao_dos_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/441/projeto_de_lei_no1159.2025_-_construcao_centro_de_idosos_1757944491209.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_no1160.2025_-_construcao_creche_infancia_feliz_1757944491407.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/446/projeto_de_lei_construcao_de_unidade_basica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/447/projeto_de_lei_1162.2025_-_fundo_municipal_de_saneamento_basico_e_ambiental.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/451/ccf_000068.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/463/pl_1164.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/467/pl_1165.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_de_lei_1166.2025_-_ratificacao_do_protocolo_de_intencoes_consorcio_intermunicipal_de_servicos_ambientais_-_cisa.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/481/projeto_de_lei_1167.2025_-_cedencia_de_servidores_minuta.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/482/projeto_de_lei_1168.2025_-_emprestimos_consignados.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/483/projeto_de_lei_1169.2025_-_expocel.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/484/projeto_de_lei_1170.2025_-_altera_dispositivos_da_lei_815.2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/485/projeto_de_lei_1171.2025_-_revogacao_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/494/projeto_de_lei_1172-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_1173.2025_-_ratificacao_protocolo_de_intencoes_parana_saude-1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/405/pl_1.145.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/457/decreto_09_2025_1759769321453.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/458/decreto_legislativo_10_2025_1759769359876.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/310/resolucao_02.2025_instituicao_financeira_convenio_cresol.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/311/resolucao_03.2025_concede_reposicao_monetaria_subsidio_presidente_vereadores__e_atualizacao_do_vale_alimentacao_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_resolucao_fechamento_pauta_1759771046498.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/472/resolucao_08.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_resolucao_09.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/471/projeto_de_resolucao_10_2025_1.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/473/pl_de_resolucao_11.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/529/1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/530/2.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/531/3.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/532/4.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/533/5.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/534/6.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/535/7.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/536/8.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/537/9.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/504/ccf_000126.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/505/2.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/506/03.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/507/01.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/508/02.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/509/03.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/510/01.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/511/02.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/512/09.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/513/10.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/514/11.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/515/12.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/516/13.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/517/14.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/518/15.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/519/16.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/520/17.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/521/18.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/522/19.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/523/20.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/524/21.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/525/22.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/526/23.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/527/24.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/528/25.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/491/ato_de_recebimentodos_requerimentos.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/495/oficio_545-gab.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/497/oficio_550.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_parlamentar_no002-2025__-_reparos_urgentes_no_cmei.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_parlamentar_no003-2025__-_ponto_de_onibus_proximo_ao_ezequiel_ecks.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_parlamentar_no004-2025__-_ponte_do_butia.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_parlamentar_no005-2025__-_limpeza_de_bueiro_proximo_ao_lava_car_do_edi.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_parlamentar_no006-2025__-_ponte_rio_estrela-_dica.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/297/indicacao_parlamentar_no007-2025__-_valdir_castanha-_colocacao_de_bancos_no_campo_sintetico.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/298/indicacao_parlamentar_no008-2025__-_retirada_de_entulhos_das_calcadas_e_vias_publicas_joao__nara_e_de.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/314/ccf21032025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/315/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/316/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/317/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/322/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/321/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/357/23.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/358/ccf04042025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_aderson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/361/ccf11042025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/366/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/370/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/371/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/381/10.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/382/36.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/383/37.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/384/38.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/386/ccf02062025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/387/40.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/388/41.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/389/42.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/392/43.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/402/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/403/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/401/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/414/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/422/55.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/416/56.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/417/58.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/424/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_no62.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/434/ccf_000051.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/438/65.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/439/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/440/67.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/444/68.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/445/69.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_n_70.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/449/71.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/452/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/454/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/459/indicacao_parlamentar_no74-2025__-_implantacao_de_floreira_na_avenida_1760991345544.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_parlamentar_no75-2025__-_campinho_de_areia_na_esola_municipal_iraras_1760991406307.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/474/ccf_000099.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/477/indi_79.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/478/indi80.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/479/indica81.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/486/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_parlamentar_no84-2025__-_troca_de_lampadas_na_vila_rural._ver._anderson_1763579042908.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_parlamentar_no85-2025__-_lixeiras_para_vila_rural_e_morro_do_piolho._1763579047093.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_parlamentar_no86-2025__-_reparos_nova_iguacu_proximo_nas_proximidades_do_calcamento._1763579045312.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/492/87.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/493/88.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_no01.2025-_votacao_aberta_eleicao_mesa_diretora_2025..docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_no02.2025-_informacoes_sobre_pavimentacao_da_vila_rural_e_travessao..docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_no03.2025-_informacoes_sobre_materiais_e_valores_gastos_na_obra_santa_rita_de_cassia.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_no04.2025-_pedido_de_urgencia_para_realizacao_de_drenagem_no_cmei_ponte_do_chopim.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/309/nara.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/312/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/313/requerimwento_11.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/318/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/319/requerimento_no13.2025-_informacoes_sobre_o_bairro_morro_do_piolho.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/323/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/369/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/365/requerimento.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/380/rewuerimento_22.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/393/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/394/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/398/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/450/34.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/469/ccf_000092.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/503/requermento_42.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/376/pl_resolucao.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/385/resolucao_05_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/418/pl_06_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/430/pl_07_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/431/pl_08_2025_camara_mirin.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/455/pl_09_2025_1759769338276.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/502/projeto_de_lei_1764953523327.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_no1125.2025_-_institui_o_refis_2025.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_no1130.2025_-_cria_conselho_e_fundo_municipal_do_esporte.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/326/projeto_de_lei_no1131.2025_-_autoriza_permuta_servidores_magisterio_-_palmas_x_cds_2.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/362/pl_1132.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/363/pl_11133.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/391/projeto_de_lei_no1134.2025_-_plano_plurianual_-_2026_a_2029.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_no1135.2025_-_ldo_2026.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/373/pl_1.136.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/374/1.137.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/375/pl_1.138.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/377/pl_1.139.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/404/pl_1.144.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/406/pl_1.145.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/411/pl_1146.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/412/pl_1147.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/413/pl_1.148.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_lei_1149.2025_-_minivan_secid_-_convenio_551.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_1150.2025_-_minicarregadeira_-_secid_-_convenio_552.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_1151.2025_-_acao_social_e_outros.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_de_lei_1152.2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_1153.2025_-_asfalto_novo_vida_nova.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_de_lei_1154.2025_-_dotacao_saude_emenda.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_1155.2025_-_adiantamentos_de_despesas.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/435/projeto_de_lei_1156.2025_-_declara_utilidade_publica_estrada_nova_iguacu.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_1157.2025_-_declara_utilidade_publica_estrada_iratim.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/437/projeto_de_lei_1158_2025_-_altera_redacao_lei_487.2010_-_associacao_dos_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/441/projeto_de_lei_no1159.2025_-_construcao_centro_de_idosos_1757944491209.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_no1160.2025_-_construcao_creche_infancia_feliz_1757944491407.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/446/projeto_de_lei_construcao_de_unidade_basica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/447/projeto_de_lei_1162.2025_-_fundo_municipal_de_saneamento_basico_e_ambiental.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/451/ccf_000068.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/463/pl_1164.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/467/pl_1165.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/480/projeto_de_lei_1166.2025_-_ratificacao_do_protocolo_de_intencoes_consorcio_intermunicipal_de_servicos_ambientais_-_cisa.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/481/projeto_de_lei_1167.2025_-_cedencia_de_servidores_minuta.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/482/projeto_de_lei_1168.2025_-_emprestimos_consignados.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/483/projeto_de_lei_1169.2025_-_expocel.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/484/projeto_de_lei_1170.2025_-_altera_dispositivos_da_lei_815.2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/485/projeto_de_lei_1171.2025_-_revogacao_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/494/projeto_de_lei_1172-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_1173.2025_-_ratificacao_protocolo_de_intencoes_parana_saude-1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/405/pl_1.145.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/457/decreto_09_2025_1759769321453.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/458/decreto_legislativo_10_2025_1759769359876.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/310/resolucao_02.2025_instituicao_financeira_convenio_cresol.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/311/resolucao_03.2025_concede_reposicao_monetaria_subsidio_presidente_vereadores__e_atualizacao_do_vale_alimentacao_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_resolucao_fechamento_pauta_1759771046498.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/472/resolucao_08.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_resolucao_09.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/471/projeto_de_resolucao_10_2025_1.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/473/pl_de_resolucao_11.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/529/1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/530/2.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/531/3.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/532/4.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/533/5.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/534/6.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/535/7.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/536/8.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/537/9.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/504/ccf_000126.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/505/2.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/506/03.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/507/01.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/508/02.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/509/03.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/510/01.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/511/02.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/512/09.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/513/10.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/514/11.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/515/12.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/516/13.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/517/14.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/518/15.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/519/16.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/520/17.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/521/18.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/522/19.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/523/20.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/524/21.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/525/22.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/526/23.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/527/24.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/528/25.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/491/ato_de_recebimentodos_requerimentos.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/495/oficio_545-gab.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2025/497/oficio_550.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H209"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="55.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="217.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="216.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>