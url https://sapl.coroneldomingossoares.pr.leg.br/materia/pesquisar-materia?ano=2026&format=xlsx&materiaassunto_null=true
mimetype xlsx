--- v0 (2026-01-30)
+++ v1 (2026-03-22)
@@ -10,140 +10,533 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="146">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>547</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Joanilson, Fernando, Jurandir, Professor Anderson, Valdir</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/547/indicacao_parlamentar_no001-2026__-_patrolamento_e_cascalhamento_1771615374848.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Poder Executivo Municipal na_x000D_
+forma regimental, que através de seu setor competente que determine, junto ao_x000D_
+Consórcio Pinhais, que, tão logo serão iniciados os trabalhos em nosso município, sejam_x000D_
+atendidas com a devida urgência as seguintes comunidades: Terra Boa, Engenho Velho,_x000D_
+De Paule, Cincol, Chico André e Iratim.</t>
+  </si>
+  <si>
+    <t>549</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>José</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/549/indicacao_02.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Poder Executivo Municipal na_x000D_
+forma regimental, vem respeitosamente à presença de Vossa Excelência, após ouvido o_x000D_
+Plenário, INDICAR ao Chefe do Poder Executivo Municipal que, por meio do setor_x000D_
+competente, realize a fiscalização e a devida proibição da passagem de caminhões de_x000D_
+cargas pesadas na Avenida Araucária, no centro da cidade.</t>
+  </si>
+  <si>
+    <t>551</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Joanilson</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/551/indicacao_parlamentar_no003-2026__-_solicitando_instalacao_de_um_poste_com_iluminacao_no_pedregulho._1772214610284.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Executivo Municipal que, através do setor competente, seja_x000D_
+realizada a instalação de um poste com iluminação pública em frente à Igreja Assembleia_x000D_
+de Deus, na Comunidade do Pedregulho.</t>
+  </si>
+  <si>
+    <t>554</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Valdir</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/554/indicacao.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, por intermédio do Departamento de Educação, que sejam adotadas as providências necessárias para a realização de manutenção, reparos estruturais, limpeza do pátio e demais melhorias para o bom funcionamento da Escola Municipal do Campo Iraras.</t>
+  </si>
+  <si>
+    <t>555</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Professor Anderson</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/555/indicacao_parlamentar_no005-2026__-_cobranca_da_empresa_responsavel_pelo_asfalto_do_travessao._1772817662403.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Executivo Municipal, bem como ao setor competente da_x000D_
+administração, que seja realizada a devida cobrança junto à empresa responsável pela_x000D_
+execução da obra de pavimentação asfáltica na Linha do Travessão, para que informe e_x000D_
+organize de forma clara os horários de interrupção da via e a liberação do desvio utilizado_x000D_
+durante a realização dos trabalhos</t>
+  </si>
+  <si>
+    <t>556</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/556/indicacao_parlamentar_no006-2026__-_estudo_de_viabilidade_para_rede_baixa_de_tensao._1772817932223.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Executivo Municipal, bem como ao setor competente da_x000D_
+administração, que seja realizado um estudo de viabilidade para a implantação de um_x000D_
+Projeto de Rede de Baixa Tensão na Rua José Salvador, nº 2289, nas proximidades da_x000D_
+Unidade Consumidora nº 59738740.</t>
+  </si>
+  <si>
+    <t>557</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/557/indicacao_parlamentar_no007-2026__-_manutencao_e_troca_da_bomba_de_agua_comunidade_do_iratim_1773410586225.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, através do seu setor competente, para_x000D_
+que seja analisada a possibilidade de realizar a troca do local da caixa de abastecimento_x000D_
+de água da comunidade do Iratim, transferindo-a do local atual para um ponto mais_x000D_
+próximo da bomba e em um local mais elevado.</t>
+  </si>
+  <si>
+    <t>558</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Joanilson, Professor Anderson</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/558/indicacao_parlamentar_no008-2026__-_patrolamento_estrada_principal_do_iratim_e_marcom__1__1773421214966.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Executivo Municipal, bem como ao setor competente da_x000D_
+administração, solicitando a realização de serviços de patrolamento e cascalhamento na_x000D_
+estrada principal que dá acesso às comunidades de Iratim e Marcon.</t>
+  </si>
+  <si>
+    <t>559</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Daniele, José, Nara</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/559/indicacao_parlamentar_no009-2026__-_redutores_de_velocidades_nas_ruas_internas_da_vila_rural._1773410484399.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Poder Executivo Municipal na_x000D_
+forma regimental, que através do seu setor competente, solicitando que seja realizada a_x000D_
+instalação de redutores de velocidade nas ruas internas da Vila Rural Alberto Carraro</t>
+  </si>
+  <si>
+    <t>560</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Daniele</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/560/indicacao_parlamentar_no10-2026__-_instalcao_de_rotatorias_proximo_ao_departamento_de_cultura_e_escola_aurora_tortelli_1773410522028.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Poder Executivo Municipal na_x000D_
+forma regimental, que através do seu setor competente, solicitando a realização de_x000D_
+estudos e a posterior instalação de uma rotatória na esquina do Departamento de Cultura_x000D_
+com a Escola Municipal Professora Aurora Fabrício das Neves Tortelli, bem como em_x000D_
+outras ruas e vias do município onde se fizer necessário.</t>
+  </si>
+  <si>
+    <t>561</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/561/indicacao_parlamentar_no11-2026__-_manutencao_de_pontes_e_bueiros__estrada_dos_queimados_1773421748382.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Executivo Municipal, bem como ao setor competente da_x000D_
+administração, que seja realizada a manutenção da ponte e dos bueiros localizados na_x000D_
+Estrada dos Queimados, nas proximidades da igreja e da residência do professor Edgar</t>
+  </si>
+  <si>
+    <t>564</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/564/indicacao_parlamentar_no12-2026__-_solicitacao_de_placas_em_l_1773838150763_11.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Executivo Municipal, bem como ao setor competente da_x000D_
+administração, para que, por meio do setor competente, seja realizado um estudo de_x000D_
+viabilidade para a implantação de placas em “L” nas avenidas central da cidade, com o_x000D_
+objetivo de restringir a circulação de veículos pesados, como caminhões.</t>
+  </si>
+  <si>
+    <t>565</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/565/indicacao.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, bem bem como o setor competente da Adminstração, que seja realizado um estudo de Viabilidade para a implantação de um Projeto de Rede de Baixa Tensão. cotemplanto as seguintes localidades:_x000D_
+Rua Afonso de Almeida Rocha e a Rua José Salvador;_x000D_
+Rua Carlos Ecks e a Rua José Maria Beles Silveira;_x000D_
+Final da Rua Afonso de Almeida Rocha;_x000D_
+Loteamento do Witeck;_x000D_
+Prolongamento da Rua Luiz Ernesto Eilert;_x000D_
+Rua José Salvador, entre a Avenida Aruacária e a Rua Afonso Flores;_x000D_
+Rua Professor Elaine Muller Carli.</t>
+  </si>
+  <si>
+    <t>542</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Fernando</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/542/requerimento_no01.2026_dispensa_sessao_extraordinaria_1769789214019.pdf</t>
+  </si>
+  <si>
+    <t>REQUER QUE SEJA DISPENSADA A EXIGÊNCIA_x000D_
+REGIMENTAL PARA REALIZAÇÃO DE SESSÃO_x000D_
+EXTRAORDINÁRIA.</t>
+  </si>
+  <si>
+    <t>552</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/552/requerimento_no02.2026_arquivamento_de_pl_1772218212028.pdf</t>
+  </si>
+  <si>
+    <t>Nos termos do Regimento Interno desta Casa Legislativa, Art.219 venho_x000D_
+respeitosamente requerer o arquivamento do Projeto de Lei nº 001/2026, que “Declara de_x000D_
+Utilidade Pública a Associação Domingosoarense de Proteção Animal – ADPA”.</t>
+  </si>
+  <si>
+    <t>550</t>
+  </si>
+  <si>
+    <t>José, Daniele, Nara</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/550/requerimento_03.pdf</t>
+  </si>
+  <si>
+    <t>Requer que, por meio do setor competente sejam encaminhadas a esta casa de Leis Informações relativas à  Pavimentação asfáltica das ruas internas da Vila Rural Alberto Carraro.</t>
+  </si>
+  <si>
+    <t>562</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/562/requerimento_no04.2026_solicitando_informacoes_sobre_transporte_escolar_da_comunidade_iguacu_1773838202736.pdf</t>
+  </si>
+  <si>
+    <t>requerer que seja encaminhado ao Poder Executivo Municipal o presente pedido de informações, por meio do setor competente,_x000D_
+acerca do transporte escolar que atende a Comunidade Nova Iguaçu.</t>
+  </si>
+  <si>
+    <t>563</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/563/requerimento.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado o Poder Executivo Municipal o presente pedido de informações e providências, por meio do setor competente, acerca do apoio à fábrica de jeans istalada no Município.</t>
+  </si>
+  <si>
+    <t>544</t>
+  </si>
+  <si>
+    <t>PLL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/544/pl_01_2026_declara_de_utilidade_publica_a_ass_de_protecao_animal_adpa.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública a Associação Domingosoarense de Proteção Animal - ADPA.</t>
+  </si>
+  <si>
+    <t>545</t>
+  </si>
+  <si>
+    <t>Cleonice</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/545/pl_torna_de_utilidade_publica_a_ass_de_produtores_rurais_de_mandioca_e_cereais_aprmc.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública a Associação de Produtores Rurais de Mandioca e Cereais - APRMC.</t>
+  </si>
+  <si>
+    <t>553</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/553/projeto_03.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação da Rua Projetada "B", localizada no Loteamento Barbieri, para Rua Nicolau Stelmach, e dá outras providências.</t>
+  </si>
+  <si>
     <t>539</t>
   </si>
   <si>
-    <t>2026</t>
-[...1 lines deleted...]
-  <si>
     <t>1174</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Maria Antonieta de Araujo Almeida</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/539/pl_1.174.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/539/pl_1.174.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de uso de imóvel á Câmara Municipal de Coronel Domingos Soares.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/538/pl_1175.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/538/pl_1175.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um Crédito Adicional Especial no Orçamento Vigente.</t>
   </si>
   <si>
+    <t>566</t>
+  </si>
+  <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/566/ilovepdf_merged_2.pdf</t>
+  </si>
+  <si>
+    <t>Concede revisão geral anual aos vencimentos dos servidores públicos do Município de Coronel Domingos Saores e dá outras providências.</t>
+  </si>
+  <si>
+    <t>567</t>
+  </si>
+  <si>
+    <t>PRS</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Fernando, Joanilson, Jurandir, Professor Anderson</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/567/p_resolucao.pdf</t>
+  </si>
+  <si>
+    <t>Concede reposição Momentária dos vencimentos e auxilio-alimentação dos servidores da Câmara de Coronel Domingos Soares, Estado do Paraná e dá outras providências.</t>
+  </si>
+  <si>
     <t>540</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>OE</t>
   </si>
   <si>
     <t>Oficío do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/540/oficio.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/540/oficio.pdf</t>
   </si>
   <si>
     <t>Convocação de Sessão Extraordinária</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/541/1171.pdf</t>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/541/1171.pdf</t>
   </si>
   <si>
     <t>Solicita retirada de Pauta do Projeto de Lei 1.171/2025</t>
+  </si>
+  <si>
+    <t>543</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/543/0579_260202084135_001.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de utilização do espaço da Câmara Municipal para Curso de Capacitação dos servidores.</t>
+  </si>
+  <si>
+    <t>546</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/546/oficio_21_2026.pdf</t>
+  </si>
+  <si>
+    <t>Convite AudiÊncia Pública - Pavimentação Asfáltica Lavrama</t>
+  </si>
+  <si>
+    <t>548</t>
+  </si>
+  <si>
+    <t>PMPC</t>
+  </si>
+  <si>
+    <t>Parecer Ministério Público de Contas</t>
+  </si>
+  <si>
+    <t>http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/548/parecer.pdf</t>
+  </si>
+  <si>
+    <t>Parecer, Prestação de Contas do Prefeito Municipal, Exercício de 2016.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -447,69 +840,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/539/pl_1.174.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/538/pl_1175.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/540/oficio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/541/1171.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/547/indicacao_parlamentar_no001-2026__-_patrolamento_e_cascalhamento_1771615374848.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/549/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/551/indicacao_parlamentar_no003-2026__-_solicitando_instalacao_de_um_poste_com_iluminacao_no_pedregulho._1772214610284.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/554/indicacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/555/indicacao_parlamentar_no005-2026__-_cobranca_da_empresa_responsavel_pelo_asfalto_do_travessao._1772817662403.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/556/indicacao_parlamentar_no006-2026__-_estudo_de_viabilidade_para_rede_baixa_de_tensao._1772817932223.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/557/indicacao_parlamentar_no007-2026__-_manutencao_e_troca_da_bomba_de_agua_comunidade_do_iratim_1773410586225.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/558/indicacao_parlamentar_no008-2026__-_patrolamento_estrada_principal_do_iratim_e_marcom__1__1773421214966.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/559/indicacao_parlamentar_no009-2026__-_redutores_de_velocidades_nas_ruas_internas_da_vila_rural._1773410484399.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/560/indicacao_parlamentar_no10-2026__-_instalcao_de_rotatorias_proximo_ao_departamento_de_cultura_e_escola_aurora_tortelli_1773410522028.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/561/indicacao_parlamentar_no11-2026__-_manutencao_de_pontes_e_bueiros__estrada_dos_queimados_1773421748382.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/564/indicacao_parlamentar_no12-2026__-_solicitacao_de_placas_em_l_1773838150763_11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/565/indicacao.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/542/requerimento_no01.2026_dispensa_sessao_extraordinaria_1769789214019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/552/requerimento_no02.2026_arquivamento_de_pl_1772218212028.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/550/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/562/requerimento_no04.2026_solicitando_informacoes_sobre_transporte_escolar_da_comunidade_iguacu_1773838202736.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/563/requerimento.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/544/pl_01_2026_declara_de_utilidade_publica_a_ass_de_protecao_animal_adpa.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/545/pl_torna_de_utilidade_publica_a_ass_de_produtores_rurais_de_mandioca_e_cereais_aprmc.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/553/projeto_03.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/539/pl_1.174.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/538/pl_1175.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/566/ilovepdf_merged_2.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/567/p_resolucao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/540/oficio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/541/1171.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/543/0579_260202084135_001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/546/oficio_21_2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.coroneldomingossoares.pr.leg.br/media/sapl/public/materialegislativa/2026/548/parecer.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="32.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="87.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="51.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="214.28515625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="250.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -537,117 +930,816 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>51</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>59</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H12" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>63</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H13" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>67</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H14" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>72</v>
+      </c>
+      <c r="E15" t="s">
+        <v>73</v>
+      </c>
+      <c r="F15" t="s">
+        <v>74</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H15" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" t="s">
+        <v>74</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H16" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>80</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
         <v>22</v>
       </c>
-      <c r="E5" t="s">
+      <c r="D17" t="s">
+        <v>72</v>
+      </c>
+      <c r="E17" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" t="s">
+        <v>81</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H17" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>84</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>27</v>
+      </c>
+      <c r="D18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" t="s">
         <v>23</v>
       </c>
-      <c r="F5" t="s">
-[...6 lines deleted...]
-        <v>29</v>
+      <c r="G18" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H18" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>87</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>72</v>
+      </c>
+      <c r="E19" t="s">
+        <v>73</v>
+      </c>
+      <c r="F19" t="s">
+        <v>23</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H19" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" t="s">
+        <v>91</v>
+      </c>
+      <c r="E20" t="s">
+        <v>92</v>
+      </c>
+      <c r="F20" t="s">
+        <v>74</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>95</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" t="s">
+        <v>91</v>
+      </c>
+      <c r="E21" t="s">
+        <v>92</v>
+      </c>
+      <c r="F21" t="s">
+        <v>96</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H21" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>22</v>
+      </c>
+      <c r="D22" t="s">
+        <v>91</v>
+      </c>
+      <c r="E22" t="s">
+        <v>92</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H22" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>103</v>
+      </c>
+      <c r="D23" t="s">
+        <v>104</v>
+      </c>
+      <c r="E23" t="s">
+        <v>105</v>
+      </c>
+      <c r="F23" t="s">
+        <v>106</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H23" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>109</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>110</v>
+      </c>
+      <c r="D24" t="s">
+        <v>104</v>
+      </c>
+      <c r="E24" t="s">
+        <v>105</v>
+      </c>
+      <c r="F24" t="s">
+        <v>106</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H24" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>113</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>114</v>
+      </c>
+      <c r="D25" t="s">
+        <v>104</v>
+      </c>
+      <c r="E25" t="s">
+        <v>105</v>
+      </c>
+      <c r="F25" t="s">
+        <v>106</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H25" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>117</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>10</v>
+      </c>
+      <c r="D26" t="s">
+        <v>118</v>
+      </c>
+      <c r="E26" t="s">
+        <v>119</v>
+      </c>
+      <c r="F26" t="s">
+        <v>120</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H26" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>123</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>124</v>
+      </c>
+      <c r="D27" t="s">
+        <v>125</v>
+      </c>
+      <c r="E27" t="s">
+        <v>126</v>
+      </c>
+      <c r="F27" t="s">
+        <v>106</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H27" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>129</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>130</v>
+      </c>
+      <c r="D28" t="s">
+        <v>125</v>
+      </c>
+      <c r="E28" t="s">
+        <v>126</v>
+      </c>
+      <c r="F28" t="s">
+        <v>106</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H28" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>133</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>134</v>
+      </c>
+      <c r="D29" t="s">
+        <v>125</v>
+      </c>
+      <c r="E29" t="s">
+        <v>126</v>
+      </c>
+      <c r="F29" t="s">
+        <v>106</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H29" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>137</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>138</v>
+      </c>
+      <c r="D30" t="s">
+        <v>125</v>
+      </c>
+      <c r="E30" t="s">
+        <v>126</v>
+      </c>
+      <c r="F30" t="s">
+        <v>106</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H30" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>141</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>10</v>
+      </c>
+      <c r="D31" t="s">
+        <v>142</v>
+      </c>
+      <c r="E31" t="s">
+        <v>143</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H31" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>