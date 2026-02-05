--- v0 (2025-10-20)
+++ v1 (2026-02-05)
@@ -87,51 +87,51 @@
   </si>
   <si>
     <t>José</t>
   </si>
   <si>
     <t>“INSTITUI A CÂMARA MIRIM NO MUNICÍPIO DE_x000D_
 CORONEL DOMINGOS SOARES, E DETERMINA OUTRAS_x000D_
 PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>Requerimento nº 36 de 2025</t>
   </si>
   <si>
     <t>Joanilson</t>
   </si>
   <si>
     <t>Requer que sejam prestadas as seguintes informações a respeito do corte de diárias destinas aos servidores do Departamento Municipal de Saúde.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Requerimento nº 37 de 2025</t>
   </si>
   <si>
-    <t>Requer solicitando o cumprimento da Lei Municipal nº 967/2025, que "Dispõea instalação de câmeras de monitoriamento de segurança nas escolas públicas municipais  e dá outras providências."</t>
+    <t>Requer solicitando o cumprimento da Lei Municipal nº 967/2021, que "Dispõe a instalação de câmeras de monitoriamento de segurança nas escolas públicas municipais  e dá outras providências."</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 74 de 2025</t>
   </si>
   <si>
     <t>Cleonice</t>
   </si>
   <si>
     <t>A vereadora que a presente subscreve no uso de suas atribuições legais e regimentais, INDICA ao Poder Executivo Municipal, que, por meio do setor competente, implantação de canteiros com pavers e floreiras ao longo de toda a Avenida Araucária, desde o seu início até o final, com o objetivo de embelezar e harmonizar o ambiente urbano, proporcionando um espaço mais agradável e acolhedor para os moradores e visitantes.</t>
   </si>
   <si>
     <t>Indicação nº 75 de 2025</t>
   </si>
   <si>
     <t>Nara</t>
   </si>
   <si>
     <t>A vereadora que a presente subscreve no uso de suas atribuições legais e_x000D_
 regimentais, INDICA ao Poder Executivo Municipal, que seja providenciada a_x000D_
 construção de um campinho de areia na Escola Municipal do Campo Iraras.</t>
   </si>
 </sst>